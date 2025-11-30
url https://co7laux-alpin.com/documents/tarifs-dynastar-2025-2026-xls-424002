--- v0 (2025-10-15)
+++ v1 (2025-11-30)
@@ -1,6138 +1,4224 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\Sales Support SCE Pro Dynastar\Tarif\2526\TARIF CLUB\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8D07FDFC-84BD-4F02-9B6A-AD5412DDF225}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{820AA284-1D4B-4202-BE05-E9D9D5BB8B9C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{1F6FCABD-8F17-41FB-B22F-A6DE68F88146}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{545EAB8F-42B9-446D-8D67-049ED7E83D78}"/>
   </bookViews>
   <sheets>
-    <sheet name="TARIF CLUB 2526 " sheetId="6" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="TARIF PRO 2526 WSE" sheetId="8" r:id="rId3"/>
+    <sheet name="TARIF CLUB 2526 " sheetId="2" r:id="rId1"/>
+    <sheet name="Feuil1" sheetId="1" r:id="rId2"/>
   </sheets>
   <externalReferences>
-    <externalReference r:id="rId4"/>
+    <externalReference r:id="rId3"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Feuil1!$A$1:$G$88</definedName>
     <definedName name="PRICE_PRODUCT_CODE">[1]PRICES!$J$2</definedName>
     <definedName name="PRICE_RETAIL_N_LC">[1]PRICES!$AG$2</definedName>
     <definedName name="PRICE_WHLC_N_LC">[1]PRICES!$AL$2</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'TARIF CLUB 2526 '!$B$1:$I$134</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'TARIF CLUB 2526 '!$B$1:$I$133</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2450" uniqueCount="648">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="398" uniqueCount="302">
+  <si>
+    <t>" DOCUMENT NON CONTRACTUEL SUSCEPTIBLE D'ETRE MODIFIE "</t>
+  </si>
+  <si>
+    <t>BOOT FITTING</t>
+  </si>
+  <si>
+    <t>RET_BOOT FITTIN</t>
+  </si>
+  <si>
+    <t>PREPARATION WORLD CUP</t>
+  </si>
+  <si>
+    <t>D_FULL SERVICE</t>
+  </si>
+  <si>
+    <t>PREPARATION STANDARD (Angle 88)</t>
+  </si>
+  <si>
+    <t>D_GRINDING</t>
+  </si>
+  <si>
+    <t>PRIX CLUB</t>
+  </si>
+  <si>
+    <t>PREPARATION</t>
+  </si>
+  <si>
+    <t>CODE</t>
+  </si>
+  <si>
+    <t>S - M - L - XL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TENUE DE PLUIE </t>
+  </si>
+  <si>
+    <t>DLMS05A</t>
+  </si>
+  <si>
+    <t>VESTE DE PLUIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 - 10 - 12 -14 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">INNER JACKET 23 JUNIOR </t>
+  </si>
+  <si>
+    <t>DLMS04J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">INNER JACKET 23 ADULT </t>
+  </si>
+  <si>
+    <t>DLMS04A</t>
+  </si>
+  <si>
+    <t>INNER JACKET</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RACING PANT 23 JUNIOR </t>
+  </si>
+  <si>
+    <t>DMJS03J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RACING PANT 23 ADULT </t>
+  </si>
+  <si>
+    <t>DLMS03A</t>
+  </si>
+  <si>
+    <t>PANTALON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RACING SHORT 23 JUNIOR </t>
+  </si>
+  <si>
+    <t>DLMS02J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RACING SHORT 23 ADULT </t>
+  </si>
+  <si>
+    <t>DLMS02A</t>
+  </si>
+  <si>
+    <t>SHORT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RACING JACKET 23 JUNIOR </t>
+  </si>
+  <si>
+    <t>DLMS01J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RACING JACKET 23 ADULT </t>
+  </si>
+  <si>
+    <t>DLMS01A</t>
+  </si>
+  <si>
+    <t>JACKET</t>
+  </si>
+  <si>
+    <t>8 - 10 - 12 -14</t>
+  </si>
+  <si>
+    <t>RACING SUIT 23 JUNIOR</t>
+  </si>
+  <si>
+    <t>DLMS06J</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RACING SUIT 23 ADULT </t>
+  </si>
+  <si>
+    <t>DLMS06A</t>
+  </si>
+  <si>
+    <t>COMBINAISON</t>
+  </si>
   <si>
     <t>TAILLE</t>
   </si>
   <si>
-    <t>PRIX CLUB</t>
-[...26 lines deleted...]
-    <t>NORME FIS GEANT</t>
+    <t>DESIGNATION</t>
+  </si>
+  <si>
+    <t>PROGRAMME</t>
+  </si>
+  <si>
+    <t>TEXTILE RACE</t>
+  </si>
+  <si>
+    <t>90-95-100-105-110-115</t>
+  </si>
+  <si>
+    <t>SPEED SL JR</t>
+  </si>
+  <si>
+    <t>DDMG006</t>
+  </si>
+  <si>
+    <t>SPEED GS-SG JR</t>
+  </si>
+  <si>
+    <t>DDMG005</t>
+  </si>
+  <si>
+    <t>115-120-125-130</t>
+  </si>
+  <si>
+    <t>SPEED SL SR</t>
+  </si>
+  <si>
+    <t>DDMG003</t>
+  </si>
+  <si>
+    <t>SPEED GS-SG SR</t>
+  </si>
+  <si>
+    <t>DDMG002</t>
+  </si>
+  <si>
+    <t>BATON</t>
+  </si>
+  <si>
+    <t>BATONS</t>
+  </si>
+  <si>
+    <t>TU</t>
+  </si>
+  <si>
+    <t>KERMA FOREARM PROTECTION SR</t>
+  </si>
+  <si>
+    <t>DKJP104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KERMA FOREARM PROTECTION JR </t>
+  </si>
+  <si>
+    <t>DKJP103</t>
+  </si>
+  <si>
+    <t>KERMA HAND PROTECTION</t>
+  </si>
+  <si>
+    <t>DKJP102</t>
+  </si>
+  <si>
+    <t>S</t>
+  </si>
+  <si>
+    <t>KERMA LEG PROTECTION JR</t>
+  </si>
+  <si>
+    <t>DKJP101</t>
+  </si>
+  <si>
+    <t>M-L</t>
+  </si>
+  <si>
+    <t>KERMA LEG PROTECTION SR</t>
+  </si>
+  <si>
+    <t>DKJP100</t>
+  </si>
+  <si>
+    <t>PROTECTION</t>
+  </si>
+  <si>
+    <t>160 / 210</t>
+  </si>
+  <si>
+    <t>2 PAIRES SKI BAG AJUSTABLE 160 / 210 CM</t>
+  </si>
+  <si>
+    <t>DKKB103</t>
+  </si>
+  <si>
+    <t>170 / 210</t>
+  </si>
+  <si>
+    <t>2 PAIRES A ROULETTE AJUSTABLE BAG 170/210 CM</t>
+  </si>
+  <si>
+    <t>DKKB102</t>
+  </si>
+  <si>
+    <t>HOUSSES</t>
+  </si>
+  <si>
+    <t>50 L / 2,820 KG</t>
+  </si>
+  <si>
+    <t>F-TEAM CABING BAG</t>
+  </si>
+  <si>
+    <t>DKKB101</t>
+  </si>
+  <si>
+    <t>130 L / 5,90 KG</t>
+  </si>
+  <si>
+    <t>F-TEAM CARGO BAG</t>
+  </si>
+  <si>
+    <t>DKKB100</t>
+  </si>
+  <si>
+    <t>BAGAGERIE</t>
+  </si>
+  <si>
+    <t>40 L / 0,700 KG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LANGE MEDIUM BOOT BAG </t>
+  </si>
+  <si>
+    <t>LKNB108</t>
+  </si>
+  <si>
+    <t>45 L / 1,03 KG</t>
+  </si>
+  <si>
+    <t>LANGE BACK PACK</t>
+  </si>
+  <si>
+    <t>LKNB107</t>
+  </si>
+  <si>
+    <t>45 L /0,72 KG</t>
+  </si>
+  <si>
+    <t>LANGE PRO BOOT BAG</t>
+  </si>
+  <si>
+    <t>LKNB106</t>
+  </si>
+  <si>
+    <t>35 L / 1,41 KG</t>
+  </si>
+  <si>
+    <t>LANGE COMPACT BOOT BAG</t>
+  </si>
+  <si>
+    <t>LKNB105</t>
+  </si>
+  <si>
+    <t>75 l / 1,3 KG</t>
+  </si>
+  <si>
+    <t>LANGE RACER BAG SMALL</t>
+  </si>
+  <si>
+    <t>LKNB103</t>
+  </si>
+  <si>
+    <t>95 L / 2 KG</t>
+  </si>
+  <si>
+    <t>LANGE RACER BAG</t>
+  </si>
+  <si>
+    <t>LKNB102</t>
+  </si>
+  <si>
+    <t>SAC A CHAUSSURES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SACS / ACCESSOIRES </t>
+  </si>
+  <si>
+    <t>23,5 - 28,5 MP</t>
+  </si>
+  <si>
+    <t>PODIUM SHOE RETRO (PINK/WHITE)</t>
+  </si>
+  <si>
+    <t>LVMLZF0</t>
+  </si>
+  <si>
+    <t>PODIUM SHOE ICON VIBRANT BLUE)</t>
+  </si>
+  <si>
+    <t>LVOLZE0</t>
+  </si>
+  <si>
+    <t>SLIPPERS SHOE JUST BOOTS (BL)</t>
+  </si>
+  <si>
+    <t>LVMLZE1</t>
+  </si>
+  <si>
+    <t>PODIUM</t>
+  </si>
+  <si>
+    <t>17,5 - 21,5 MP</t>
+  </si>
+  <si>
+    <t>RSJ 50 (LEGEND BLUE)</t>
+  </si>
+  <si>
+    <t>LBN5170</t>
+  </si>
+  <si>
+    <t>19,5 - 24,5 MP</t>
+  </si>
+  <si>
+    <t>RSJ 65 (LEGEND BLUE)</t>
+  </si>
+  <si>
+    <t>LBN5120</t>
+  </si>
+  <si>
+    <t>22,5 - 27,5 MP</t>
+  </si>
+  <si>
+    <t>RS 70 SC (LEGEND BLUE)</t>
+  </si>
+  <si>
+    <t>LBN5030W</t>
+  </si>
+  <si>
+    <t>RS 90 SC (LEGEND BLUE)</t>
+  </si>
+  <si>
+    <t>LBN5010W</t>
+  </si>
+  <si>
+    <t>RS 110 SC</t>
+  </si>
+  <si>
+    <t>LBN1310W</t>
+  </si>
+  <si>
+    <t>ADO RACE</t>
+  </si>
+  <si>
+    <t>24,5 - 30,5 MP</t>
+  </si>
+  <si>
+    <t>RS 130 MV (LEGEND BLUE)</t>
+  </si>
+  <si>
+    <t>LBN1050W</t>
+  </si>
+  <si>
+    <t>RS 130 LV (LEGEND BLUE)</t>
+  </si>
+  <si>
+    <t>LBN1030W</t>
+  </si>
+  <si>
+    <t>22,5 - 28,5 MP</t>
+  </si>
+  <si>
+    <t>WORLD CUP RS ZSOFT+(LEGEND BL)</t>
+  </si>
+  <si>
+    <t>LBN9300</t>
+  </si>
+  <si>
+    <t>WORLD CUP RP ZJ+</t>
+  </si>
+  <si>
+    <t>LBN9280</t>
+  </si>
+  <si>
+    <t>WORLD CUP RP ZA+</t>
+  </si>
+  <si>
+    <t>LBN9290</t>
+  </si>
+  <si>
+    <t>WORLD CUP RS ZA</t>
+  </si>
+  <si>
+    <t>LBN9260</t>
+  </si>
+  <si>
+    <t>23,5 - 29,5 MP</t>
+  </si>
+  <si>
+    <t>WORLD CUP RS ZB</t>
+  </si>
+  <si>
+    <t>LBN9250</t>
+  </si>
+  <si>
+    <t>WORLD CUP RS ZC</t>
+  </si>
+  <si>
+    <t>LBN9240</t>
   </si>
   <si>
     <t>RACE</t>
   </si>
   <si>
+    <t>FLEX</t>
+  </si>
+  <si>
+    <t>CHAUSSURES DE SKIS</t>
+  </si>
+  <si>
+    <t>LIFTERS 5MM SPX12 /14 ROCKERACE WITH SCREWS</t>
+  </si>
+  <si>
+    <t>FCIF006</t>
+  </si>
+  <si>
+    <t>LIFTERS 3MM SPX12 /14 ROCKERACE WITH SCREWS</t>
+  </si>
+  <si>
+    <t>FCIF005</t>
+  </si>
+  <si>
+    <t>LIFTERS 1MM SPX12/14 ROCKERACE WITHOUT SCREWS</t>
+  </si>
+  <si>
+    <t>FCIF004</t>
+  </si>
+  <si>
+    <t>LIFTERS 5MM PX18 / SP15 ROCKERACE WITH SCREWS</t>
+  </si>
+  <si>
+    <t>FCIF003</t>
+  </si>
+  <si>
+    <t>LIFTERS 3MM PX18 / SP15 ROCKERACE WITH SCREWS</t>
+  </si>
+  <si>
+    <t>FCIF002</t>
+  </si>
+  <si>
+    <t>LIFTERS</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2-7</t>
+  </si>
+  <si>
+    <t>NX JR 7 GW B73 Black Hot Red</t>
+  </si>
+  <si>
+    <t>FCLAN05</t>
+  </si>
+  <si>
+    <t>NX 7 GW LIFTER B73 BLACK HOT RED</t>
+  </si>
+  <si>
+    <t>FCLAN04</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3-10</t>
+  </si>
+  <si>
+    <t>NX 10 GW B73 BLACK HOT RED</t>
+  </si>
+  <si>
+    <t>FCLAN03</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3,5-12</t>
+  </si>
+  <si>
+    <t>SPX 12 GW B80 HOT RED</t>
+  </si>
+  <si>
+    <t>FCLAS06</t>
+  </si>
+  <si>
+    <t>SPX 12 ROCKERACE Hot Red</t>
+  </si>
+  <si>
+    <t>FCLBS04</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 8-15</t>
+  </si>
+  <si>
+    <t>SPX 15 ROCKERACE Hot red</t>
+  </si>
+  <si>
+    <t>FCLBS02</t>
+  </si>
+  <si>
+    <t>10-20</t>
+  </si>
+  <si>
+    <t>PX 18 ROCKERACE Hot Red</t>
+  </si>
+  <si>
+    <t>FCLBP02</t>
+  </si>
+  <si>
     <t>FIXATIONS</t>
   </si>
   <si>
-    <t>CODE</t>
-[...556 lines deleted...]
-  <si>
     <r>
-      <t>170-</t>
-[...23 lines deleted...]
-      <t>150-</t>
+      <t xml:space="preserve">158 - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t>158</t>
+      <t>166</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color indexed="8"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t>-164-171</t>
+      <t>- 174 - 182</t>
     </r>
+  </si>
+  <si>
+    <t>FCLCS02</t>
+  </si>
+  <si>
+    <t>DAOZ402</t>
+  </si>
+  <si>
+    <t>SPEED OMEGLASS MASTER SL KONECT SPX 14 KONECT GW B80 BLACK HOT RED</t>
+  </si>
+  <si>
+    <t>DROZ402</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">150 - 156 - </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>165</t>
+    </r>
+  </si>
+  <si>
+    <t>DAOHG01</t>
+  </si>
+  <si>
+    <t>SPEED OMEGLASS MASTER SL R22 SPX 12 ROCKERACE GW HOT RED</t>
+  </si>
+  <si>
+    <t>DROHG02</t>
+  </si>
+  <si>
+    <r>
+      <t>150 - 156 -</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>165</t>
+    </r>
+  </si>
+  <si>
+    <t>SPEED OMEGLASS MASTER SL R22 SPX 15 ROCKERACE HOT RED</t>
+  </si>
+  <si>
+    <t>DROHG01</t>
+  </si>
+  <si>
+    <t>MASTER SL</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>173</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">179 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>- 183</t>
+    </r>
+  </si>
+  <si>
+    <t>DAOHE01</t>
+  </si>
+  <si>
+    <t>SPEED COURSE MASTER GS KONECT SPX 14 KONECT GW B80 BLACK HOT RED</t>
+  </si>
+  <si>
+    <t>DROHE05</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">169 </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">- </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>173</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> -</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>179</t>
+    </r>
+  </si>
+  <si>
+    <t>DAOHE02</t>
+  </si>
+  <si>
+    <t>SPEED COURSE MASTER GS R22 SPX 12 ROCKERACE HOT RED</t>
+  </si>
+  <si>
+    <t>DROHE04</t>
+  </si>
+  <si>
+    <t>179-183</t>
+  </si>
+  <si>
+    <t>SPEED COURSE MASTER GS R22 SPX 15 ROCKERACE HOT RED</t>
+  </si>
+  <si>
+    <t>DROHE03</t>
+  </si>
+  <si>
+    <t>MASTER GS</t>
+  </si>
+  <si>
+    <t>TAILLES</t>
+  </si>
+  <si>
+    <t>RAYON</t>
+  </si>
+  <si>
+    <t>CODE FIX</t>
+  </si>
+  <si>
+    <t>CODE SKI</t>
+  </si>
+  <si>
+    <t>SKIS MASTER</t>
+  </si>
+  <si>
+    <t>110 - 120</t>
+  </si>
+  <si>
+    <t>FCKKK01</t>
+  </si>
+  <si>
+    <t>DAOBB03</t>
+  </si>
+  <si>
+    <t>TEAM COMP KID-X KID 4 GW B76 BLACK</t>
+  </si>
+  <si>
+    <t>DROBB02</t>
+  </si>
+  <si>
+    <r>
+      <t>126-</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>134</t>
+    </r>
+  </si>
+  <si>
+    <t>DAODR02</t>
+  </si>
+  <si>
+    <t>SPEED TEAM PRO 126-134 OPEN NX 7 GW LIFTER B73 BLACK HOT RED</t>
+  </si>
+  <si>
+    <t>DRODR02</t>
+  </si>
+  <si>
+    <r>
+      <t>126-134-</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color rgb="FF000000"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>143</t>
+    </r>
+  </si>
+  <si>
+    <t>DAODR01</t>
+  </si>
+  <si>
+    <t>SPEED COURSE TEAM GS 126-171 R21 PRO NX 7 GW B73 BLACK HOT RED</t>
+  </si>
+  <si>
+    <t>DRODR04</t>
   </si>
   <si>
     <r>
       <t>143-</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>150</t>
     </r>
   </si>
   <si>
+    <t>SPEED COURSE TEAM GS 126-171 R21 PRO NX 10 GW B73 BLACK HOT RED</t>
+  </si>
+  <si>
+    <t>DRODR05</t>
+  </si>
+  <si>
     <r>
-      <t>126-134-</t>
+      <t>170-</t>
     </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>175</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="14"/>
+        <color indexed="8"/>
+        <rFont val="Tahoma"/>
+        <family val="2"/>
+      </rPr>
+      <t>-182</t>
+    </r>
+  </si>
+  <si>
+    <t>DAODP01</t>
+  </si>
+  <si>
+    <t>SPEED COURSE WC GS 170-182 R22 SPX 12 ROCKERACE GW HOT RED</t>
+  </si>
+  <si>
+    <t>DRODP01</t>
+  </si>
+  <si>
+    <t>SPEED COURSE WC GS 170-182 R22 SPX 15 ROCKERACE HOT RED</t>
+  </si>
+  <si>
+    <t>DRODP02</t>
+  </si>
+  <si>
+    <t>DAOGB01</t>
+  </si>
+  <si>
+    <t>SPEED COURSE WC GS 185 R22 SPX12 ROCKERACE GW HOT RED</t>
+  </si>
+  <si>
+    <t>DROGB02</t>
+  </si>
+  <si>
+    <t>SPEED COURSE WC GS 185 R22 SPX15 ROCKERACE HOT RED</t>
+  </si>
+  <si>
+    <t>DROGB01</t>
+  </si>
+  <si>
+    <t>ADO GS</t>
+  </si>
+  <si>
+    <t>DAOAF01</t>
+  </si>
+  <si>
+    <t>SPEED OMEGLASS TEAM SL R21 PRO NX 7 GW B73 BLACK HOT RED</t>
+  </si>
+  <si>
+    <t>DROAF01</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t>143</t>
-[...4 lines deleted...]
-      <t>126-</t>
+      <t>135</t>
     </r>
     <r>
       <rPr>
-        <b/>
         <sz val="14"/>
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t>134</t>
+      <t>-142</t>
     </r>
   </si>
   <si>
-    <r>
-[...11 lines deleted...]
-    </r>
+    <t>SPEED OMEGLASS TEAM SL R21 PRO NX 10 GW B73 BLACK HOT RED</t>
+  </si>
+  <si>
+    <t>DROAF03</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>142</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>-149</t>
     </r>
   </si>
   <si>
+    <t>SPEED OMEGLASS TEAM SL R21 SPX 12 GW B80 HOT RED</t>
+  </si>
+  <si>
+    <t>DROAF05</t>
+  </si>
+  <si>
     <r>
-      <rPr>
-[...118 lines deleted...]
-      <t>150 - 156 -</t>
+      <t xml:space="preserve">142 - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FF000000"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
-      <t>165</t>
+      <t>149</t>
     </r>
   </si>
   <si>
-    <r>
-[...35 lines deleted...]
-    </r>
+    <t>DAOAF02</t>
+  </si>
+  <si>
+    <t>SPEED OMEGLASS TEAM SL R22 SPX 12 ROCKERACE HOT RED</t>
+  </si>
+  <si>
+    <t>DROAF02</t>
   </si>
   <si>
     <t>ADO SL</t>
   </si>
   <si>
-    <t>ADO GS</t>
-[...47 lines deleted...]
-    <t>TEXTILE RACE</t>
+    <t>DAOGL01</t>
+  </si>
+  <si>
+    <t>SPEED COURSE WC FIS GS FACTORY 188 R22 SPX 12 ROCKERACE GW HOT RED</t>
+  </si>
+  <si>
+    <t>DROGL02</t>
+  </si>
+  <si>
+    <t>SPEED COURSE WC FIS GS FACTORY 188 R22 SPX 15 ROCKERACE HOT RED</t>
+  </si>
+  <si>
+    <t>DROGL01</t>
+  </si>
+  <si>
+    <t>DAOGM01</t>
+  </si>
+  <si>
+    <t>SPEED COURSE WC FIS GS FACTORY 193 R22 SPX 15 ROCKERACE HOT RED</t>
+  </si>
+  <si>
+    <t>DROGM02</t>
+  </si>
+  <si>
+    <t>SPEED COURSE WC FIS GS FACTORY 193 R22 PX 18 WC ROCKERACE HOT RED</t>
+  </si>
+  <si>
+    <t>DROGM01</t>
+  </si>
+  <si>
+    <t>NORME FIS GEANT</t>
+  </si>
+  <si>
+    <t>NORMES FIS</t>
+  </si>
+  <si>
+    <t>DAOAI01</t>
+  </si>
+  <si>
+    <t>SPEED OMEGLASS WC SL 150 R22 SPX 12 ROCKERACE GW HOT RED</t>
+  </si>
+  <si>
+    <t>DROAI01</t>
+  </si>
+  <si>
+    <t>DAOAP01</t>
+  </si>
+  <si>
+    <t>SPEED OMEGLASS WC FIS SL FACTORY 157 R22 SPX 12 ROCKERACE GW HOT RED</t>
+  </si>
+  <si>
+    <t>DROAP02</t>
+  </si>
+  <si>
+    <t>SPEED OMEGLASS WC FIS SL FACTORY 157 R22 SPX 15 ROCKERACE HOT RED</t>
+  </si>
+  <si>
+    <t>DROAP01</t>
+  </si>
+  <si>
+    <t>DAOAL03</t>
+  </si>
+  <si>
+    <t>SPEED OMEGLASS WC FIS SL FACTORY 165 R22 SPX 12 ROCKERACE GW HOT RED</t>
+  </si>
+  <si>
+    <t>DROAL02</t>
+  </si>
+  <si>
+    <t>DAOAL02</t>
+  </si>
+  <si>
+    <t>SPEED OMEGLASS WC FIS SL FACTORY 165 R22 SPX 15 ROCKERACE HOT RED</t>
+  </si>
+  <si>
+    <t>DROAL03</t>
+  </si>
+  <si>
+    <t>DAOAL01</t>
+  </si>
+  <si>
+    <t>SPEED OMEGLASS WC FIS SL FACTORY 165 R22 PX 18 ROCKERACE HOT RED</t>
+  </si>
+  <si>
+    <t>DROAL01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SLALOM FIS </t>
+  </si>
+  <si>
+    <t>186-196</t>
+  </si>
+  <si>
+    <t>28 - 34</t>
+  </si>
+  <si>
+    <t>DAOSB01</t>
+  </si>
+  <si>
+    <t>SPEED WC SG FACTORY R22 SPX 15 ROCKERACE HOT RED</t>
+  </si>
+  <si>
+    <t>DROSB01</t>
+  </si>
+  <si>
+    <t>DAOSA01</t>
+  </si>
+  <si>
+    <t>SPEED WC FIS SG FACTORY R22 PX 18 WC ROCKERACE HOT RED</t>
+  </si>
+  <si>
+    <t>DROSA01</t>
+  </si>
+  <si>
+    <t>209 -212</t>
+  </si>
+  <si>
+    <t>40 - 45*</t>
+  </si>
+  <si>
+    <t>SANS FIX</t>
+  </si>
+  <si>
+    <t>DAOY1SG</t>
+  </si>
+  <si>
+    <t>SPEED WC FIS SG EUROPA CUP</t>
+  </si>
+  <si>
+    <t>SUPER G</t>
+  </si>
+  <si>
+    <t>DAOY1DH</t>
+  </si>
+  <si>
+    <t>SPEED WC FIS DH HARD EUROPA CUP</t>
+  </si>
+  <si>
+    <t>DESCENTE</t>
+  </si>
+  <si>
+    <t>NORME FIS</t>
+  </si>
+  <si>
+    <t>SKIS ATHLETES</t>
   </si>
   <si>
     <t>TARIFS CLUB DYNASTAR 2526</t>
-  </si>
-[...1249 lines deleted...]
-    <t>45 L /0,72 KG</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
-[...4 lines deleted...]
-  <fonts count="51" x14ac:knownFonts="1">
+  <fonts count="38" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="17"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="22"/>
+      <u/>
+      <sz val="18"/>
+      <color indexed="8"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color indexed="8"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color indexed="8"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="18"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color indexed="9"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="18"/>
+      <color theme="0"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
+      <sz val="14"/>
+      <color indexed="8"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FFFF0000"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
       <sz val="17"/>
       <color indexed="12"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="8"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color indexed="8"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="17"/>
+      <color indexed="63"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color rgb="FF000000"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <color indexed="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u val="double"/>
       <sz val="26"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
-      <sz val="12"/>
-[...176 lines deleted...]
-      <sz val="14"/>
+      <sz val="22"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...104 lines deleted...]
-    </font>
   </fonts>
-  <fills count="17">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor indexed="9"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="49"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor indexed="9"/>
+        <bgColor indexed="26"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="26"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
-        <bgColor indexed="64"/>
-[...10 lines deleted...]
-        <fgColor theme="0"/>
         <bgColor indexed="31"/>
       </patternFill>
     </fill>
-    <fill>
-[...58 lines deleted...]
-    </fill>
   </fills>
-  <borders count="165">
+  <borders count="137">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...89 lines deleted...]
-    <border>
       <left style="medium">
-        <color indexed="64"/>
-[...502 lines deleted...]
-        <color indexed="64"/>
+        <color auto="1"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
-      <right style="thin">
-        <color indexed="8"/>
+      <right style="medium">
+        <color indexed="64"/>
       </right>
       <top style="thin">
-        <color indexed="8"/>
+        <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...7 lines deleted...]
-      </bottom>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...1 lines deleted...]
-      </left>
+      <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...2 lines deleted...]
-      <bottom style="medium">
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...3 lines deleted...]
-      <bottom style="medium">
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
-      </left>
-[...95 lines deleted...]
-        <color indexed="8"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
-        <color indexed="8"/>
-[...13 lines deleted...]
-      <bottom/>
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...50 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
-      <top/>
-[...10 lines deleted...]
-      <top/>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...11 lines deleted...]
-    <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color indexed="8"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color indexed="8"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
-[...1 lines deleted...]
-      <bottom style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
-        <color indexed="64"/>
-[...12 lines deleted...]
-        <color indexed="64"/>
+        <color indexed="8"/>
       </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
-      <bottom style="thin">
-[...156 lines deleted...]
-      </top>
       <bottom style="medium">
-        <color indexed="64"/>
-[...58 lines deleted...]
-      <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
-        <color indexed="64"/>
-[...15 lines deleted...]
-        <color indexed="64"/>
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
-[...260 lines deleted...]
-      <bottom/>
+        <color indexed="8"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
       <right style="medium">
-        <color auto="1"/>
-[...13 lines deleted...]
-      <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="thin">
-        <color indexed="8"/>
+        <color indexed="64"/>
       </top>
       <bottom style="medium">
-        <color indexed="64"/>
+        <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="8"/>
-[...57 lines deleted...]
-        <color auto="1"/>
+        <color indexed="64"/>
       </left>
       <right/>
       <top/>
-      <bottom style="thin">
-[...24 lines deleted...]
-      </top>
       <bottom style="medium">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="8"/>
-      </bottom>
-[...11 lines deleted...]
-        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
-        <color indexed="64"/>
+        <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="8"/>
-[...1 lines deleted...]
-      <right style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
-[...1 lines deleted...]
-      <right style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="8"/>
       </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="8"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="8"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="8"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="medium">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="8"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
-        <color indexed="8"/>
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color indexed="8"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
-        <color indexed="8"/>
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
-        <color auto="1"/>
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="8"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="8"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
-        <color auto="1"/>
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="8"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="8"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="hair">
-[...4 lines deleted...]
-      </right>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...32 lines deleted...]
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="8"/>
+      </right>
+      <top style="medium">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
-      <top style="thick">
-[...107 lines deleted...]
-        <color indexed="64"/>
+      <top style="medium">
+        <color indexed="8"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="64"/>
-[...97 lines deleted...]
-        <color indexed="64"/>
+        <color indexed="8"/>
       </left>
       <right/>
       <top style="medium">
-        <color indexed="64"/>
-[...112 lines deleted...]
-        <color indexed="64"/>
+        <color indexed="8"/>
       </top>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="8">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
-[...5 lines deleted...]
-    <xf numFmtId="44" fontId="46" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="434">
+  <cellXfs count="350">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...5 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="13" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...5 lines deleted...]
-    <xf numFmtId="1" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="7" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="53" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="62" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="68" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="70" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="72" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="75" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="80" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="67" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="84" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="85" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="90" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="92" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="93" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="94" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="29" fillId="0" borderId="22" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="95" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="29" fillId="0" borderId="46" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="98" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="10" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="100" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="101" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="10" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="102" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="103" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="106" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="108" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="109" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="110" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="89" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="111" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="112" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="113" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="114" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="115" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="116" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="117" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="1" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="26" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="10" fillId="2" borderId="119" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="120" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="120" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="121" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="2" borderId="45" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="122" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="122" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="116" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="2" borderId="124" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="125" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="125" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="8" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="17" fillId="2" borderId="69" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="120" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="120" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="8" borderId="127" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="124" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="125" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="125" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="8" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="128" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="129" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="122" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="8" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="130" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="8" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="8" borderId="124" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="125" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="8" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="131" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="10" fillId="8" borderId="81" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="8" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="132" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="8" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...14 lines deleted...]
-    <xf numFmtId="3" fontId="14" fillId="5" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="3" fontId="14" fillId="5" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="128" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="8" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="8" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="8" borderId="133" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="8" borderId="51" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="5" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="5" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="8" borderId="114" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="8" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="5" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="3" fontId="32" fillId="8" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="5" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="5" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="122" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="10" fillId="8" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="122" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="8" borderId="131" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="10" fillId="8" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="32" fillId="8" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="32" fillId="2" borderId="125" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="8" borderId="125" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="125" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="8" borderId="122" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="122" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...93 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="122" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="47" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="8" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="2" borderId="123" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="134" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="135" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="10" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="135" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="10" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="7" borderId="136" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="25" fillId="7" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="4" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...45 lines deleted...]
-    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...177 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="71" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="67" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="9" borderId="96" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="9" borderId="97" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="9" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="88" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="87" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="97" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="9" borderId="98" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="7" borderId="96" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="10" borderId="99" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="86" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="10" borderId="100" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...76 lines deleted...]
-    <xf numFmtId="164" fontId="40" fillId="11" borderId="133" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="118" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="4" fontId="40" fillId="11" borderId="134" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="1" fontId="18" fillId="5" borderId="126" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="40" fillId="11" borderId="135" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...122 lines deleted...]
-    <xf numFmtId="164" fontId="40" fillId="11" borderId="156" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="40" fillId="11" borderId="157" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="105" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="3" fontId="49" fillId="11" borderId="157" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="2" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...168 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="10" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="25" fillId="7" borderId="101" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="28" fillId="4" borderId="102" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="86" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="4" borderId="103" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...122 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="8">
-[...2 lines deleted...]
-    <cellStyle name="Monétaire 2" xfId="7" xr:uid="{76BE4168-8ED5-4B3C-97CC-A54B107B662D}"/>
+  <cellStyles count="2">
+    <cellStyle name="0,0_x000a__x000a_NA_x000a__x000a_" xfId="1" xr:uid="{E9806458-ADE6-49F7-82A6-8D7512F96BF9}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{D73A74AF-3A43-48E1-94E0-110BB300CB00}"/>
-[...2 lines deleted...]
-    <cellStyle name="Pourcentage" xfId="3" builtinId="5"/>
   </cellStyles>
-  <dxfs count="28">
-[...111 lines deleted...]
-    </dxf>
+  <dxfs count="12">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="4" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFBE4D5"/>
@@ -6175,221 +4261,215 @@
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.14996795556505021"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="4" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFBE4D5"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...4 lines deleted...]
-  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>135408</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="3761184" cy="962297"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Image 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BC9291D-1821-4B2A-9F7F-EB072E50DA32}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4326671C-C15A-4A65-8652-60FEA2410CA8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="135408" y="0"/>
+          <a:off x="897408" y="0"/>
           <a:ext cx="3761184" cy="962297"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>400271</xdr:colOff>
-      <xdr:row>122</xdr:row>
+      <xdr:row>121</xdr:row>
       <xdr:rowOff>25467</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="3669247" cy="3161114"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Image 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22BA0737-8D26-45A9-A044-C96C387B4056}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D5210DF-3FC1-4157-8CF0-D451DBF43CA9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:srcRect l="1944" t="3264" r="3056" b="2737"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="11868371" y="45031092"/>
+          <a:off x="4210271" y="22491767"/>
           <a:ext cx="3669247" cy="3161114"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>317503</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="3160568" cy="802833"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Image 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E56D2066-19CE-4DA3-9E39-B0EDDD873DA7}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C45FB6DC-B784-465A-B779-62F5FD530B39}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="0" y="29835478"/>
+          <a:off x="0" y="14916153"/>
           <a:ext cx="3160568" cy="802833"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
@@ -6424,93 +4504,93 @@
         <row r="2">
           <cell r="E2"/>
         </row>
       </sheetData>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2">
         <row r="2">
           <cell r="J2" t="str">
             <v>PROD. CODE</v>
           </cell>
           <cell r="AG2" t="str">
             <v>RETAIL N LC</v>
           </cell>
           <cell r="AL2" t="str">
             <v>DISTRIB BEST NET</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="3"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office 2013 – 2022">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6518,51 +4598,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -6570,51 +4650,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -6629,65 +4709,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -6708,82 +4788,102 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8E26769D-EF0C-401D-A52D-7C6A80823E54}">
-  <dimension ref="A1:T135"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A22393FB-9AA8-4EAE-98C5-E35FC89FF92C}">
+  <dimension ref="A1:T134"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="B14" zoomScale="66" zoomScaleNormal="66" workbookViewId="0">
-      <selection activeCell="I30" sqref="I30"/>
+    <sheetView tabSelected="1" topLeftCell="B8" zoomScale="66" zoomScaleNormal="66" workbookViewId="0">
+      <selection activeCell="D22" sqref="D22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.5703125" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="27.7109375" customWidth="1"/>
     <col min="3" max="3" width="21.7109375" customWidth="1"/>
     <col min="4" max="4" width="106.85546875" customWidth="1"/>
     <col min="5" max="6" width="15.7109375" customWidth="1"/>
-    <col min="7" max="7" width="11.85546875" style="22" customWidth="1"/>
+    <col min="7" max="7" width="11.85546875" style="2" customWidth="1"/>
     <col min="8" max="8" width="43.85546875" customWidth="1"/>
-    <col min="9" max="9" width="16" style="23" customWidth="1"/>
+    <col min="9" max="9" width="16" style="1" customWidth="1"/>
     <col min="254" max="254" width="0" hidden="1" customWidth="1"/>
     <col min="255" max="255" width="23.42578125" customWidth="1"/>
     <col min="256" max="256" width="18.85546875" customWidth="1"/>
     <col min="257" max="257" width="16.5703125" customWidth="1"/>
     <col min="258" max="258" width="14" customWidth="1"/>
     <col min="259" max="259" width="95" customWidth="1"/>
     <col min="260" max="260" width="11.85546875" customWidth="1"/>
     <col min="261" max="261" width="43.85546875" customWidth="1"/>
     <col min="262" max="262" width="13.85546875" customWidth="1"/>
     <col min="510" max="510" width="0" hidden="1" customWidth="1"/>
     <col min="511" max="511" width="23.42578125" customWidth="1"/>
     <col min="512" max="512" width="18.85546875" customWidth="1"/>
     <col min="513" max="513" width="16.5703125" customWidth="1"/>
     <col min="514" max="514" width="14" customWidth="1"/>
     <col min="515" max="515" width="95" customWidth="1"/>
     <col min="516" max="516" width="11.85546875" customWidth="1"/>
     <col min="517" max="517" width="43.85546875" customWidth="1"/>
     <col min="518" max="518" width="13.85546875" customWidth="1"/>
     <col min="766" max="766" width="0" hidden="1" customWidth="1"/>
     <col min="767" max="767" width="23.42578125" customWidth="1"/>
     <col min="768" max="768" width="18.85546875" customWidth="1"/>
     <col min="769" max="769" width="16.5703125" customWidth="1"/>
     <col min="770" max="770" width="14" customWidth="1"/>
     <col min="771" max="771" width="95" customWidth="1"/>
     <col min="772" max="772" width="11.85546875" customWidth="1"/>
@@ -7309,11223 +5409,2802 @@
     <col min="15618" max="15618" width="14" customWidth="1"/>
     <col min="15619" max="15619" width="95" customWidth="1"/>
     <col min="15620" max="15620" width="11.85546875" customWidth="1"/>
     <col min="15621" max="15621" width="43.85546875" customWidth="1"/>
     <col min="15622" max="15622" width="13.85546875" customWidth="1"/>
     <col min="15870" max="15870" width="0" hidden="1" customWidth="1"/>
     <col min="15871" max="15871" width="23.42578125" customWidth="1"/>
     <col min="15872" max="15872" width="18.85546875" customWidth="1"/>
     <col min="15873" max="15873" width="16.5703125" customWidth="1"/>
     <col min="15874" max="15874" width="14" customWidth="1"/>
     <col min="15875" max="15875" width="95" customWidth="1"/>
     <col min="15876" max="15876" width="11.85546875" customWidth="1"/>
     <col min="15877" max="15877" width="43.85546875" customWidth="1"/>
     <col min="15878" max="15878" width="13.85546875" customWidth="1"/>
     <col min="16126" max="16126" width="0" hidden="1" customWidth="1"/>
     <col min="16127" max="16127" width="23.42578125" customWidth="1"/>
     <col min="16128" max="16128" width="18.85546875" customWidth="1"/>
     <col min="16129" max="16129" width="16.5703125" customWidth="1"/>
     <col min="16130" max="16130" width="14" customWidth="1"/>
     <col min="16131" max="16131" width="95" customWidth="1"/>
     <col min="16132" max="16132" width="11.85546875" customWidth="1"/>
     <col min="16133" max="16133" width="43.85546875" customWidth="1"/>
     <col min="16134" max="16134" width="13.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="1" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="24"/>
+    <row r="1" spans="1:9" s="4" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="102"/>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1"/>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
     </row>
-    <row r="2" spans="1:9" s="1" customFormat="1" ht="27.75" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C2" s="2"/>
+    <row r="2" spans="1:9" s="4" customFormat="1" ht="27.75" x14ac:dyDescent="0.25">
+      <c r="A2" s="102"/>
+      <c r="B2" s="102"/>
+      <c r="C2" s="297"/>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
     </row>
     <row r="3" spans="1:9" ht="22.15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="3"/>
-      <c r="B3" s="384" t="s">
+      <c r="A3" s="296"/>
+      <c r="B3" s="346" t="s">
+        <v>301</v>
+      </c>
+      <c r="C3" s="347"/>
+      <c r="D3" s="347"/>
+      <c r="E3" s="347"/>
+      <c r="F3" s="347"/>
+      <c r="G3" s="347"/>
+      <c r="H3" s="347"/>
+      <c r="I3" s="347"/>
+    </row>
+    <row r="4" spans="1:9" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="291"/>
+      <c r="B4" s="347"/>
+      <c r="C4" s="347"/>
+      <c r="D4" s="347"/>
+      <c r="E4" s="347"/>
+      <c r="F4" s="347"/>
+      <c r="G4" s="347"/>
+      <c r="H4" s="347"/>
+      <c r="I4" s="347"/>
+    </row>
+    <row r="5" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="291"/>
+      <c r="B5" s="295"/>
+      <c r="C5" s="293"/>
+      <c r="D5" s="294" t="s">
+        <v>300</v>
+      </c>
+      <c r="E5" s="294"/>
+      <c r="F5" s="294"/>
+      <c r="G5" s="293"/>
+      <c r="H5" s="293"/>
+      <c r="I5" s="292"/>
+    </row>
+    <row r="6" spans="1:9" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="291"/>
+      <c r="B6" s="163" t="s">
+        <v>43</v>
+      </c>
+      <c r="C6" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D6" s="25" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" s="303" t="s">
+        <v>208</v>
+      </c>
+      <c r="F6" s="303" t="s">
+        <v>207</v>
+      </c>
+      <c r="G6" s="24" t="s">
+        <v>206</v>
+      </c>
+      <c r="H6" s="23" t="s">
+        <v>205</v>
+      </c>
+      <c r="I6" s="162" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="270"/>
+      <c r="B7" s="339" t="s">
+        <v>299</v>
+      </c>
+      <c r="C7" s="290" t="s">
+        <v>298</v>
+      </c>
+      <c r="D7" s="289" t="s">
+        <v>297</v>
+      </c>
+      <c r="E7" s="283" t="s">
+        <v>296</v>
+      </c>
+      <c r="F7" s="288" t="s">
+        <v>292</v>
+      </c>
+      <c r="G7" s="287">
+        <v>50</v>
+      </c>
+      <c r="H7" s="276">
+        <v>218</v>
+      </c>
+      <c r="I7" s="135">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="270"/>
+      <c r="B8" s="340"/>
+      <c r="C8" s="286" t="s">
+        <v>295</v>
+      </c>
+      <c r="D8" s="284" t="s">
+        <v>294</v>
+      </c>
+      <c r="E8" s="211" t="s">
+        <v>293</v>
+      </c>
+      <c r="F8" s="282" t="s">
+        <v>292</v>
+      </c>
+      <c r="G8" s="272" t="s">
+        <v>291</v>
+      </c>
+      <c r="H8" s="273" t="s">
+        <v>290</v>
+      </c>
+      <c r="I8" s="129">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="270"/>
+      <c r="B9" s="348"/>
+      <c r="C9" s="285" t="s">
+        <v>289</v>
+      </c>
+      <c r="D9" s="284" t="s">
+        <v>288</v>
+      </c>
+      <c r="E9" s="283" t="s">
+        <v>287</v>
+      </c>
+      <c r="F9" s="282" t="s">
+        <v>178</v>
+      </c>
+      <c r="G9" s="272"/>
+      <c r="H9" s="273">
+        <v>203</v>
+      </c>
+      <c r="I9" s="129">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="270"/>
+      <c r="B10" s="349"/>
+      <c r="C10" s="281" t="s">
+        <v>286</v>
+      </c>
+      <c r="D10" s="280" t="s">
+        <v>285</v>
+      </c>
+      <c r="E10" s="220" t="s">
+        <v>284</v>
+      </c>
+      <c r="F10" s="279" t="s">
+        <v>175</v>
+      </c>
+      <c r="G10" s="278" t="s">
+        <v>283</v>
+      </c>
+      <c r="H10" s="277" t="s">
+        <v>282</v>
+      </c>
+      <c r="I10" s="140">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="270"/>
+      <c r="B11" s="338" t="s">
+        <v>281</v>
+      </c>
+      <c r="C11" s="252" t="s">
+        <v>280</v>
+      </c>
+      <c r="D11" s="216" t="s">
+        <v>279</v>
+      </c>
+      <c r="E11" s="216" t="s">
+        <v>278</v>
+      </c>
+      <c r="F11" s="216" t="s">
+        <v>178</v>
+      </c>
+      <c r="G11" s="251">
+        <v>13</v>
+      </c>
+      <c r="H11" s="276">
+        <v>165</v>
+      </c>
+      <c r="I11" s="135">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="270"/>
+      <c r="B12" s="304"/>
+      <c r="C12" s="239" t="s">
+        <v>277</v>
+      </c>
+      <c r="D12" s="211" t="s">
+        <v>276</v>
+      </c>
+      <c r="E12" s="211" t="s">
+        <v>275</v>
+      </c>
+      <c r="F12" s="211" t="s">
+        <v>175</v>
+      </c>
+      <c r="G12" s="274">
+        <v>13</v>
+      </c>
+      <c r="H12" s="273">
+        <v>165</v>
+      </c>
+      <c r="I12" s="129">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="270"/>
+      <c r="B13" s="304"/>
+      <c r="C13" s="239" t="s">
+        <v>274</v>
+      </c>
+      <c r="D13" s="211" t="s">
+        <v>273</v>
+      </c>
+      <c r="E13" s="275" t="s">
+        <v>272</v>
+      </c>
+      <c r="F13" s="211" t="s">
+        <v>172</v>
+      </c>
+      <c r="G13" s="274">
+        <v>13</v>
+      </c>
+      <c r="H13" s="273">
+        <v>165</v>
+      </c>
+      <c r="I13" s="129">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="270"/>
+      <c r="B14" s="304"/>
+      <c r="C14" s="109" t="s">
+        <v>271</v>
+      </c>
+      <c r="D14" s="211" t="s">
+        <v>270</v>
+      </c>
+      <c r="E14" s="211" t="s">
+        <v>267</v>
+      </c>
+      <c r="F14" s="211" t="s">
+        <v>175</v>
+      </c>
+      <c r="G14" s="274">
+        <v>11</v>
+      </c>
+      <c r="H14" s="273">
+        <v>157</v>
+      </c>
+      <c r="I14" s="129">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="270"/>
+      <c r="B15" s="304"/>
+      <c r="C15" s="109" t="s">
+        <v>269</v>
+      </c>
+      <c r="D15" s="211" t="s">
+        <v>268</v>
+      </c>
+      <c r="E15" s="211" t="s">
+        <v>267</v>
+      </c>
+      <c r="F15" s="211" t="s">
+        <v>172</v>
+      </c>
+      <c r="G15" s="272">
+        <v>11</v>
+      </c>
+      <c r="H15" s="271">
+        <v>157</v>
+      </c>
+      <c r="I15" s="129">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="270"/>
+      <c r="B16" s="336"/>
+      <c r="C16" s="233" t="s">
+        <v>266</v>
+      </c>
+      <c r="D16" s="220" t="s">
+        <v>265</v>
+      </c>
+      <c r="E16" s="220" t="s">
+        <v>264</v>
+      </c>
+      <c r="F16" s="220" t="s">
+        <v>172</v>
+      </c>
+      <c r="G16" s="243">
+        <v>11</v>
+      </c>
+      <c r="H16" s="269">
+        <v>150</v>
+      </c>
+      <c r="I16" s="140">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="258" t="s">
+        <v>263</v>
+      </c>
+      <c r="B17" s="338" t="s">
+        <v>262</v>
+      </c>
+      <c r="C17" s="266" t="s">
+        <v>261</v>
+      </c>
+      <c r="D17" s="216" t="s">
+        <v>260</v>
+      </c>
+      <c r="E17" s="216" t="s">
+        <v>257</v>
+      </c>
+      <c r="F17" s="223" t="s">
+        <v>178</v>
+      </c>
+      <c r="G17" s="251">
+        <v>30</v>
+      </c>
+      <c r="H17" s="250">
+        <v>193</v>
+      </c>
+      <c r="I17" s="135">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="258"/>
+      <c r="B18" s="340"/>
+      <c r="C18" s="268" t="s">
+        <v>259</v>
+      </c>
+      <c r="D18" s="220" t="s">
+        <v>258</v>
+      </c>
+      <c r="E18" s="220" t="s">
+        <v>257</v>
+      </c>
+      <c r="F18" s="244" t="s">
+        <v>175</v>
+      </c>
+      <c r="G18" s="243">
+        <v>30</v>
+      </c>
+      <c r="H18" s="242">
+        <v>193</v>
+      </c>
+      <c r="I18" s="140">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="258"/>
+      <c r="B19" s="340"/>
+      <c r="C19" s="266" t="s">
+        <v>256</v>
+      </c>
+      <c r="D19" s="216" t="s">
+        <v>255</v>
+      </c>
+      <c r="E19" s="216" t="s">
+        <v>252</v>
+      </c>
+      <c r="F19" s="216" t="s">
+        <v>175</v>
+      </c>
+      <c r="G19" s="251">
+        <v>30</v>
+      </c>
+      <c r="H19" s="267">
+        <v>188</v>
+      </c>
+      <c r="I19" s="135">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="258"/>
+      <c r="B20" s="341"/>
+      <c r="C20" s="233" t="s">
+        <v>254</v>
+      </c>
+      <c r="D20" s="220" t="s">
+        <v>253</v>
+      </c>
+      <c r="E20" s="220" t="s">
+        <v>252</v>
+      </c>
+      <c r="F20" s="220" t="s">
+        <v>172</v>
+      </c>
+      <c r="G20" s="243">
+        <v>30</v>
+      </c>
+      <c r="H20" s="242">
+        <v>188</v>
+      </c>
+      <c r="I20" s="140">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="258"/>
+      <c r="B21" s="344" t="s">
+        <v>251</v>
+      </c>
+      <c r="C21" s="266" t="s">
+        <v>250</v>
+      </c>
+      <c r="D21" s="216" t="s">
+        <v>249</v>
+      </c>
+      <c r="E21" s="216" t="s">
+        <v>248</v>
+      </c>
+      <c r="F21" s="223" t="s">
+        <v>172</v>
+      </c>
+      <c r="G21" s="251">
+        <v>11</v>
+      </c>
+      <c r="H21" s="250" t="s">
+        <v>247</v>
+      </c>
+      <c r="I21" s="135">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="258"/>
+      <c r="B22" s="344"/>
+      <c r="C22" s="265" t="s">
+        <v>246</v>
+      </c>
+      <c r="D22" s="216" t="s">
+        <v>245</v>
+      </c>
+      <c r="E22" s="113" t="s">
+        <v>238</v>
+      </c>
+      <c r="F22" s="236" t="s">
+        <v>170</v>
+      </c>
+      <c r="G22" s="264">
+        <v>10</v>
+      </c>
+      <c r="H22" s="263" t="s">
+        <v>244</v>
+      </c>
+      <c r="I22" s="240">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="258"/>
+      <c r="B23" s="344"/>
+      <c r="C23" s="262" t="s">
+        <v>243</v>
+      </c>
+      <c r="D23" s="261" t="s">
+        <v>242</v>
+      </c>
+      <c r="E23" s="238" t="s">
+        <v>238</v>
+      </c>
+      <c r="F23" s="260" t="s">
+        <v>167</v>
+      </c>
+      <c r="G23" s="235">
+        <v>9</v>
+      </c>
+      <c r="H23" s="259" t="s">
+        <v>241</v>
+      </c>
+      <c r="I23" s="129">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="258"/>
+      <c r="B24" s="345"/>
+      <c r="C24" s="257" t="s">
+        <v>240</v>
+      </c>
+      <c r="D24" s="256" t="s">
+        <v>239</v>
+      </c>
+      <c r="E24" s="255" t="s">
+        <v>238</v>
+      </c>
+      <c r="F24" s="255" t="s">
+        <v>162</v>
+      </c>
+      <c r="G24" s="254">
+        <v>8</v>
+      </c>
+      <c r="H24" s="253">
+        <v>128</v>
+      </c>
+      <c r="I24" s="140">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="208"/>
+      <c r="B25" s="338" t="s">
+        <v>237</v>
+      </c>
+      <c r="C25" s="252" t="s">
+        <v>236</v>
+      </c>
+      <c r="D25" s="223" t="s">
+        <v>235</v>
+      </c>
+      <c r="E25" s="223" t="s">
+        <v>232</v>
+      </c>
+      <c r="F25" s="223" t="s">
+        <v>175</v>
+      </c>
+      <c r="G25" s="251">
+        <v>27</v>
+      </c>
+      <c r="H25" s="250">
+        <v>185</v>
+      </c>
+      <c r="I25" s="135">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="208"/>
+      <c r="B26" s="304"/>
+      <c r="C26" s="246" t="s">
+        <v>234</v>
+      </c>
+      <c r="D26" s="245" t="s">
+        <v>233</v>
+      </c>
+      <c r="E26" s="244" t="s">
+        <v>232</v>
+      </c>
+      <c r="F26" s="220" t="s">
+        <v>172</v>
+      </c>
+      <c r="G26" s="243">
+        <v>27</v>
+      </c>
+      <c r="H26" s="242">
+        <v>185</v>
+      </c>
+      <c r="I26" s="140">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="208"/>
+      <c r="B27" s="304"/>
+      <c r="C27" s="241" t="s">
+        <v>231</v>
+      </c>
+      <c r="D27" s="249" t="s">
         <v>230</v>
       </c>
-      <c r="C3" s="385"/>
-[...22 lines deleted...]
-      <c r="D5" s="244" t="s">
+      <c r="E27" s="249" t="s">
+        <v>227</v>
+      </c>
+      <c r="F27" s="249" t="s">
+        <v>175</v>
+      </c>
+      <c r="G27" s="248">
+        <v>25</v>
+      </c>
+      <c r="H27" s="247">
+        <v>182</v>
+      </c>
+      <c r="I27" s="240">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="208"/>
+      <c r="B28" s="304"/>
+      <c r="C28" s="246" t="s">
+        <v>229</v>
+      </c>
+      <c r="D28" s="245" t="s">
+        <v>228</v>
+      </c>
+      <c r="E28" s="244" t="s">
+        <v>227</v>
+      </c>
+      <c r="F28" s="220" t="s">
+        <v>172</v>
+      </c>
+      <c r="G28" s="243">
+        <v>23</v>
+      </c>
+      <c r="H28" s="242" t="s">
+        <v>226</v>
+      </c>
+      <c r="I28" s="140">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="164"/>
+      <c r="B29" s="304"/>
+      <c r="C29" s="239" t="s">
+        <v>225</v>
+      </c>
+      <c r="D29" s="238" t="s">
+        <v>224</v>
+      </c>
+      <c r="E29" s="237" t="s">
+        <v>220</v>
+      </c>
+      <c r="F29" s="236" t="s">
+        <v>167</v>
+      </c>
+      <c r="G29" s="235">
+        <v>16</v>
+      </c>
+      <c r="H29" s="234" t="s">
+        <v>223</v>
+      </c>
+      <c r="I29" s="129">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="164"/>
+      <c r="B30" s="304"/>
+      <c r="C30" s="239" t="s">
+        <v>222</v>
+      </c>
+      <c r="D30" s="238" t="s">
+        <v>221</v>
+      </c>
+      <c r="E30" s="237" t="s">
+        <v>220</v>
+      </c>
+      <c r="F30" s="236" t="s">
+        <v>162</v>
+      </c>
+      <c r="G30" s="235">
+        <v>15</v>
+      </c>
+      <c r="H30" s="234" t="s">
+        <v>219</v>
+      </c>
+      <c r="I30" s="129">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="164"/>
+      <c r="B31" s="304"/>
+      <c r="C31" s="233" t="s">
+        <v>218</v>
+      </c>
+      <c r="D31" s="232" t="s">
+        <v>217</v>
+      </c>
+      <c r="E31" s="231" t="s">
+        <v>216</v>
+      </c>
+      <c r="F31" s="231" t="s">
+        <v>164</v>
+      </c>
+      <c r="G31" s="230">
+        <v>14</v>
+      </c>
+      <c r="H31" s="229" t="s">
+        <v>215</v>
+      </c>
+      <c r="I31" s="140">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="164"/>
+      <c r="B32" s="304"/>
+      <c r="C32" s="228" t="s">
+        <v>214</v>
+      </c>
+      <c r="D32" s="227" t="s">
+        <v>213</v>
+      </c>
+      <c r="E32" s="226" t="s">
+        <v>212</v>
+      </c>
+      <c r="F32" s="226" t="s">
+        <v>211</v>
+      </c>
+      <c r="G32" s="225"/>
+      <c r="H32" s="224" t="s">
+        <v>210</v>
+      </c>
+      <c r="I32" s="186">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="164"/>
+      <c r="B33" s="334" t="s">
+        <v>209</v>
+      </c>
+      <c r="C33" s="301"/>
+      <c r="D33" s="301"/>
+      <c r="E33" s="301"/>
+      <c r="F33" s="301"/>
+      <c r="G33" s="301"/>
+      <c r="H33" s="301"/>
+      <c r="I33" s="335"/>
+    </row>
+    <row r="34" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="208"/>
+      <c r="B34" s="163" t="s">
+        <v>43</v>
+      </c>
+      <c r="C34" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D34" s="25" t="s">
+        <v>42</v>
+      </c>
+      <c r="E34" s="303" t="s">
+        <v>208</v>
+      </c>
+      <c r="F34" s="303" t="s">
+        <v>207</v>
+      </c>
+      <c r="G34" s="24" t="s">
+        <v>206</v>
+      </c>
+      <c r="H34" s="23" t="s">
+        <v>205</v>
+      </c>
+      <c r="I34" s="162" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="208"/>
+      <c r="B35" s="339" t="s">
+        <v>204</v>
+      </c>
+      <c r="C35" s="217" t="s">
+        <v>203</v>
+      </c>
+      <c r="D35" s="223" t="s">
+        <v>202</v>
+      </c>
+      <c r="E35" s="216" t="s">
+        <v>198</v>
+      </c>
+      <c r="F35" s="216" t="s">
+        <v>175</v>
+      </c>
+      <c r="G35" s="215">
+        <v>21</v>
+      </c>
+      <c r="H35" s="214" t="s">
+        <v>201</v>
+      </c>
+      <c r="I35" s="135">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="208"/>
+      <c r="B36" s="340"/>
+      <c r="C36" s="109" t="s">
+        <v>200</v>
+      </c>
+      <c r="D36" s="108" t="s">
+        <v>199</v>
+      </c>
+      <c r="E36" s="211" t="s">
+        <v>198</v>
+      </c>
+      <c r="F36" s="211" t="s">
+        <v>172</v>
+      </c>
+      <c r="G36" s="210">
+        <v>19</v>
+      </c>
+      <c r="H36" s="222" t="s">
+        <v>197</v>
+      </c>
+      <c r="I36" s="129">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="208"/>
+      <c r="B37" s="341"/>
+      <c r="C37" s="221" t="s">
+        <v>196</v>
+      </c>
+      <c r="D37" s="220" t="s">
+        <v>195</v>
+      </c>
+      <c r="E37" s="220" t="s">
+        <v>194</v>
+      </c>
+      <c r="F37" s="220" t="s">
+        <v>181</v>
+      </c>
+      <c r="G37" s="219">
+        <v>17</v>
+      </c>
+      <c r="H37" s="218" t="s">
+        <v>193</v>
+      </c>
+      <c r="I37" s="140">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="208"/>
+      <c r="B38" s="338" t="s">
+        <v>192</v>
+      </c>
+      <c r="C38" s="217" t="s">
+        <v>191</v>
+      </c>
+      <c r="D38" s="199" t="s">
         <v>190</v>
       </c>
-      <c r="E5" s="244"/>
-[...10 lines deleted...]
-      <c r="C6" s="31" t="s">
+      <c r="E38" s="216" t="s">
+        <v>186</v>
+      </c>
+      <c r="F38" s="216" t="s">
+        <v>175</v>
+      </c>
+      <c r="G38" s="215">
+        <v>12</v>
+      </c>
+      <c r="H38" s="214" t="s">
+        <v>189</v>
+      </c>
+      <c r="I38" s="135">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="208"/>
+      <c r="B39" s="340"/>
+      <c r="C39" s="213" t="s">
+        <v>188</v>
+      </c>
+      <c r="D39" s="212" t="s">
+        <v>187</v>
+      </c>
+      <c r="E39" s="211" t="s">
+        <v>186</v>
+      </c>
+      <c r="F39" s="211" t="s">
+        <v>172</v>
+      </c>
+      <c r="G39" s="210">
+        <v>12</v>
+      </c>
+      <c r="H39" s="209" t="s">
+        <v>185</v>
+      </c>
+      <c r="I39" s="129">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="208"/>
+      <c r="B40" s="341"/>
+      <c r="C40" s="207" t="s">
+        <v>184</v>
+      </c>
+      <c r="D40" s="206" t="s">
+        <v>183</v>
+      </c>
+      <c r="E40" s="205" t="s">
+        <v>182</v>
+      </c>
+      <c r="F40" s="205" t="s">
+        <v>181</v>
+      </c>
+      <c r="G40" s="204">
         <v>13</v>
       </c>
-      <c r="D6" s="168" t="s">
-[...23 lines deleted...]
-      <c r="C7" s="149" t="s">
+      <c r="H40" s="203" t="s">
+        <v>180</v>
+      </c>
+      <c r="I40" s="140">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="164"/>
+      <c r="B41" s="334" t="s">
+        <v>179</v>
+      </c>
+      <c r="C41" s="301"/>
+      <c r="D41" s="301"/>
+      <c r="E41" s="301"/>
+      <c r="F41" s="301"/>
+      <c r="G41" s="301"/>
+      <c r="H41" s="301"/>
+      <c r="I41" s="335"/>
+      <c r="J41" s="202"/>
+      <c r="K41" s="201"/>
+      <c r="L41" s="201"/>
+    </row>
+    <row r="42" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="164"/>
+      <c r="B42" s="163" t="s">
+        <v>43</v>
+      </c>
+      <c r="C42" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D42" s="25" t="s">
+        <v>42</v>
+      </c>
+      <c r="E42" s="303"/>
+      <c r="F42" s="303"/>
+      <c r="G42" s="24"/>
+      <c r="H42" s="23" t="s">
+        <v>41</v>
+      </c>
+      <c r="I42" s="162" t="s">
+        <v>7</v>
+      </c>
+      <c r="J42" s="202"/>
+      <c r="K42" s="201"/>
+      <c r="L42" s="201"/>
+    </row>
+    <row r="43" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="164"/>
+      <c r="B43" s="338" t="s">
+        <v>146</v>
+      </c>
+      <c r="C43" s="185" t="s">
+        <v>178</v>
+      </c>
+      <c r="D43" s="200" t="s">
+        <v>177</v>
+      </c>
+      <c r="E43" s="199"/>
+      <c r="F43" s="199"/>
+      <c r="G43" s="100"/>
+      <c r="H43" s="198" t="s">
+        <v>176</v>
+      </c>
+      <c r="I43" s="197">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="164"/>
+      <c r="B44" s="304"/>
+      <c r="C44" s="196" t="s">
+        <v>175</v>
+      </c>
+      <c r="D44" s="195" t="s">
+        <v>174</v>
+      </c>
+      <c r="E44" s="108"/>
+      <c r="F44" s="108"/>
+      <c r="G44" s="194"/>
+      <c r="H44" s="193" t="s">
+        <v>173</v>
+      </c>
+      <c r="I44" s="192">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="164"/>
+      <c r="B45" s="304"/>
+      <c r="C45" s="191" t="s">
+        <v>172</v>
+      </c>
+      <c r="D45" s="190" t="s">
+        <v>171</v>
+      </c>
+      <c r="E45" s="189"/>
+      <c r="F45" s="189"/>
+      <c r="G45" s="188"/>
+      <c r="H45" s="187" t="s">
+        <v>168</v>
+      </c>
+      <c r="I45" s="186">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="164"/>
+      <c r="B46" s="304"/>
+      <c r="C46" s="185" t="s">
+        <v>170</v>
+      </c>
+      <c r="D46" s="156" t="s">
+        <v>169</v>
+      </c>
+      <c r="E46" s="156"/>
+      <c r="F46" s="156"/>
+      <c r="G46" s="153"/>
+      <c r="H46" s="184" t="s">
+        <v>168</v>
+      </c>
+      <c r="I46" s="129">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="164"/>
+      <c r="B47" s="304"/>
+      <c r="C47" s="182" t="s">
+        <v>167</v>
+      </c>
+      <c r="D47" s="154" t="s">
+        <v>166</v>
+      </c>
+      <c r="E47" s="154"/>
+      <c r="F47" s="154"/>
+      <c r="G47" s="153"/>
+      <c r="H47" s="183" t="s">
+        <v>165</v>
+      </c>
+      <c r="I47" s="129">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="164"/>
+      <c r="B48" s="304"/>
+      <c r="C48" s="182" t="s">
+        <v>164</v>
+      </c>
+      <c r="D48" s="181" t="s">
+        <v>163</v>
+      </c>
+      <c r="E48" s="181"/>
+      <c r="F48" s="181"/>
+      <c r="G48" s="180"/>
+      <c r="H48" s="175"/>
+      <c r="I48" s="129">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="164"/>
+      <c r="B49" s="305"/>
+      <c r="C49" s="179" t="s">
+        <v>162</v>
+      </c>
+      <c r="D49" s="178" t="s">
+        <v>161</v>
+      </c>
+      <c r="E49" s="177"/>
+      <c r="F49" s="177"/>
+      <c r="G49" s="176"/>
+      <c r="H49" s="175" t="s">
+        <v>160</v>
+      </c>
+      <c r="I49" s="140">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="164"/>
+      <c r="B50" s="171" t="s">
+        <v>159</v>
+      </c>
+      <c r="C50" s="174" t="s">
+        <v>158</v>
+      </c>
+      <c r="D50" s="342" t="s">
+        <v>157</v>
+      </c>
+      <c r="E50" s="342"/>
+      <c r="F50" s="342"/>
+      <c r="G50" s="343"/>
+      <c r="H50" s="173"/>
+      <c r="I50" s="172">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="164"/>
+      <c r="B51" s="171"/>
+      <c r="C51" s="167" t="s">
+        <v>156</v>
+      </c>
+      <c r="D51" s="332" t="s">
+        <v>155</v>
+      </c>
+      <c r="E51" s="332"/>
+      <c r="F51" s="332"/>
+      <c r="G51" s="333"/>
+      <c r="H51" s="169"/>
+      <c r="I51" s="165">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="164"/>
+      <c r="B52" s="171"/>
+      <c r="C52" s="167" t="s">
+        <v>154</v>
+      </c>
+      <c r="D52" s="12" t="s">
+        <v>153</v>
+      </c>
+      <c r="E52" s="12"/>
+      <c r="F52" s="12"/>
+      <c r="G52" s="170"/>
+      <c r="H52" s="169"/>
+      <c r="I52" s="165">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="164"/>
+      <c r="B53" s="171"/>
+      <c r="C53" s="167" t="s">
+        <v>152</v>
+      </c>
+      <c r="D53" s="12" t="s">
+        <v>151</v>
+      </c>
+      <c r="E53" s="12"/>
+      <c r="F53" s="12"/>
+      <c r="G53" s="170"/>
+      <c r="H53" s="169"/>
+      <c r="I53" s="165">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="164"/>
+      <c r="B54" s="168"/>
+      <c r="C54" s="167" t="s">
+        <v>150</v>
+      </c>
+      <c r="D54" s="332" t="s">
+        <v>149</v>
+      </c>
+      <c r="E54" s="332"/>
+      <c r="F54" s="332"/>
+      <c r="G54" s="333"/>
+      <c r="H54" s="166"/>
+      <c r="I54" s="165">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="164"/>
+      <c r="B55" s="334" t="s">
+        <v>148</v>
+      </c>
+      <c r="C55" s="301"/>
+      <c r="D55" s="301"/>
+      <c r="E55" s="301"/>
+      <c r="F55" s="301"/>
+      <c r="G55" s="301"/>
+      <c r="H55" s="301"/>
+      <c r="I55" s="335"/>
+    </row>
+    <row r="56" spans="1:9" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="102"/>
+      <c r="B56" s="163" t="s">
+        <v>43</v>
+      </c>
+      <c r="C56" s="116" t="s">
+        <v>9</v>
+      </c>
+      <c r="D56" s="118" t="s">
+        <v>42</v>
+      </c>
+      <c r="E56" s="303" t="s">
+        <v>147</v>
+      </c>
+      <c r="F56" s="303"/>
+      <c r="G56" s="337"/>
+      <c r="H56" s="116" t="s">
+        <v>41</v>
+      </c>
+      <c r="I56" s="162" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="102"/>
+      <c r="B57" s="304" t="s">
+        <v>146</v>
+      </c>
+      <c r="C57" s="161" t="s">
+        <v>145</v>
+      </c>
+      <c r="D57" s="154" t="s">
+        <v>144</v>
+      </c>
+      <c r="E57" s="320">
+        <v>150</v>
+      </c>
+      <c r="F57" s="321"/>
+      <c r="G57" s="322"/>
+      <c r="H57" s="159" t="s">
+        <v>141</v>
+      </c>
+      <c r="I57" s="135">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="102"/>
+      <c r="B58" s="304"/>
+      <c r="C58" s="160" t="s">
+        <v>143</v>
+      </c>
+      <c r="D58" s="146" t="s">
+        <v>142</v>
+      </c>
+      <c r="E58" s="323">
+        <v>140</v>
+      </c>
+      <c r="F58" s="324"/>
+      <c r="G58" s="325"/>
+      <c r="H58" s="159" t="s">
+        <v>141</v>
+      </c>
+      <c r="I58" s="129">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="102"/>
+      <c r="B59" s="304"/>
+      <c r="C59" s="158" t="s">
+        <v>140</v>
+      </c>
+      <c r="D59" s="157" t="s">
+        <v>139</v>
+      </c>
+      <c r="E59" s="323">
+        <v>130</v>
+      </c>
+      <c r="F59" s="324"/>
+      <c r="G59" s="325"/>
+      <c r="H59" s="130" t="s">
+        <v>132</v>
+      </c>
+      <c r="I59" s="129">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B60" s="304"/>
+      <c r="C60" s="155" t="s">
+        <v>138</v>
+      </c>
+      <c r="D60" s="157" t="s">
+        <v>137</v>
+      </c>
+      <c r="E60" s="323">
+        <v>130</v>
+      </c>
+      <c r="F60" s="324"/>
+      <c r="G60" s="325"/>
+      <c r="H60" s="130" t="s">
+        <v>132</v>
+      </c>
+      <c r="I60" s="129">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B61" s="304"/>
+      <c r="C61" s="155" t="s">
+        <v>136</v>
+      </c>
+      <c r="D61" s="157" t="s">
+        <v>135</v>
+      </c>
+      <c r="E61" s="323">
+        <v>120</v>
+      </c>
+      <c r="F61" s="324"/>
+      <c r="G61" s="325"/>
+      <c r="H61" s="130" t="s">
+        <v>132</v>
+      </c>
+      <c r="I61" s="129">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B62" s="304"/>
+      <c r="C62" s="155" t="s">
+        <v>134</v>
+      </c>
+      <c r="D62" s="156" t="s">
+        <v>133</v>
+      </c>
+      <c r="E62" s="323">
+        <v>110</v>
+      </c>
+      <c r="F62" s="324"/>
+      <c r="G62" s="325"/>
+      <c r="H62" s="130" t="s">
+        <v>132</v>
+      </c>
+      <c r="I62" s="129">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B63" s="304"/>
+      <c r="C63" s="155" t="s">
+        <v>131</v>
+      </c>
+      <c r="D63" s="154" t="s">
+        <v>130</v>
+      </c>
+      <c r="E63" s="314">
+        <v>130</v>
+      </c>
+      <c r="F63" s="315"/>
+      <c r="G63" s="316"/>
+      <c r="H63" s="130" t="s">
+        <v>127</v>
+      </c>
+      <c r="I63" s="129">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B64" s="336"/>
+      <c r="C64" s="152" t="s">
+        <v>129</v>
+      </c>
+      <c r="D64" s="151" t="s">
+        <v>128</v>
+      </c>
+      <c r="E64" s="317">
+        <v>130</v>
+      </c>
+      <c r="F64" s="318"/>
+      <c r="G64" s="319"/>
+      <c r="H64" s="130" t="s">
+        <v>127</v>
+      </c>
+      <c r="I64" s="140">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="65" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B65" s="304" t="s">
+        <v>126</v>
+      </c>
+      <c r="C65" s="150" t="s">
+        <v>125</v>
+      </c>
+      <c r="D65" s="149" t="s">
+        <v>124</v>
+      </c>
+      <c r="E65" s="320">
+        <v>110</v>
+      </c>
+      <c r="F65" s="321"/>
+      <c r="G65" s="322"/>
+      <c r="H65" s="148" t="s">
+        <v>119</v>
+      </c>
+      <c r="I65" s="135">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="66" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B66" s="304"/>
+      <c r="C66" s="147" t="s">
+        <v>123</v>
+      </c>
+      <c r="D66" s="146" t="s">
+        <v>122</v>
+      </c>
+      <c r="E66" s="323">
+        <v>90</v>
+      </c>
+      <c r="F66" s="324"/>
+      <c r="G66" s="325"/>
+      <c r="H66" s="130" t="s">
+        <v>119</v>
+      </c>
+      <c r="I66" s="129">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="67" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B67" s="304"/>
+      <c r="C67" s="147" t="s">
+        <v>121</v>
+      </c>
+      <c r="D67" s="146" t="s">
+        <v>120</v>
+      </c>
+      <c r="E67" s="323">
+        <v>70</v>
+      </c>
+      <c r="F67" s="324"/>
+      <c r="G67" s="325"/>
+      <c r="H67" s="130" t="s">
+        <v>119</v>
+      </c>
+      <c r="I67" s="129">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="68" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B68" s="304"/>
+      <c r="C68" s="145" t="s">
+        <v>118</v>
+      </c>
+      <c r="D68" s="144" t="s">
+        <v>117</v>
+      </c>
+      <c r="E68" s="326">
+        <v>65</v>
+      </c>
+      <c r="F68" s="327"/>
+      <c r="G68" s="328"/>
+      <c r="H68" s="130" t="s">
+        <v>116</v>
+      </c>
+      <c r="I68" s="129">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="69" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B69" s="304"/>
+      <c r="C69" s="143" t="s">
+        <v>115</v>
+      </c>
+      <c r="D69" s="142" t="s">
+        <v>114</v>
+      </c>
+      <c r="E69" s="329">
+        <v>50</v>
+      </c>
+      <c r="F69" s="330"/>
+      <c r="G69" s="331"/>
+      <c r="H69" s="141" t="s">
+        <v>113</v>
+      </c>
+      <c r="I69" s="140">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="70" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B70" s="304" t="s">
+        <v>112</v>
+      </c>
+      <c r="C70" s="139" t="s">
+        <v>111</v>
+      </c>
+      <c r="D70" s="138" t="s">
+        <v>110</v>
+      </c>
+      <c r="E70" s="137"/>
+      <c r="F70" s="137"/>
+      <c r="G70" s="136"/>
+      <c r="H70" s="130" t="s">
+        <v>105</v>
+      </c>
+      <c r="I70" s="135">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="71" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B71" s="304"/>
+      <c r="C71" s="134" t="s">
+        <v>109</v>
+      </c>
+      <c r="D71" s="133" t="s">
+        <v>108</v>
+      </c>
+      <c r="E71" s="132"/>
+      <c r="F71" s="132"/>
+      <c r="G71" s="131"/>
+      <c r="H71" s="130" t="s">
+        <v>105</v>
+      </c>
+      <c r="I71" s="129">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="72" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B72" s="305"/>
+      <c r="C72" s="128" t="s">
+        <v>107</v>
+      </c>
+      <c r="D72" s="127" t="s">
+        <v>106</v>
+      </c>
+      <c r="E72" s="127"/>
+      <c r="F72" s="127"/>
+      <c r="G72" s="126"/>
+      <c r="H72" s="125" t="s">
+        <v>105</v>
+      </c>
+      <c r="I72" s="124">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="73" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B73" s="123"/>
+      <c r="C73" s="122"/>
+      <c r="D73" s="14"/>
+      <c r="E73" s="14"/>
+      <c r="F73" s="14"/>
+      <c r="G73" s="121"/>
+      <c r="H73" s="120"/>
+      <c r="I73" s="119"/>
+    </row>
+    <row r="74" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B74" s="123"/>
+      <c r="C74" s="122"/>
+      <c r="D74" s="14"/>
+      <c r="E74" s="14"/>
+      <c r="F74" s="14"/>
+      <c r="G74" s="121"/>
+      <c r="H74" s="120"/>
+      <c r="I74" s="119"/>
+    </row>
+    <row r="75" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B75" s="123"/>
+      <c r="C75" s="122"/>
+      <c r="D75" s="14"/>
+      <c r="E75" s="14"/>
+      <c r="F75" s="14"/>
+      <c r="G75" s="121"/>
+      <c r="H75" s="120"/>
+      <c r="I75" s="119"/>
+    </row>
+    <row r="76" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B76" s="123"/>
+      <c r="C76" s="122"/>
+      <c r="D76" s="14"/>
+      <c r="E76" s="14"/>
+      <c r="F76" s="14"/>
+      <c r="G76" s="121"/>
+      <c r="H76" s="120"/>
+      <c r="I76" s="119"/>
+    </row>
+    <row r="77" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B77" s="123"/>
+      <c r="C77" s="122"/>
+      <c r="D77" s="14"/>
+      <c r="E77" s="14"/>
+      <c r="F77" s="14"/>
+      <c r="G77" s="121"/>
+      <c r="H77" s="120"/>
+      <c r="I77" s="119"/>
+    </row>
+    <row r="78" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B78" s="123"/>
+      <c r="C78" s="122"/>
+      <c r="D78" s="14"/>
+      <c r="E78" s="14"/>
+      <c r="F78" s="14"/>
+      <c r="G78" s="121"/>
+      <c r="H78" s="120"/>
+      <c r="I78" s="119"/>
+    </row>
+    <row r="79" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B79" s="123"/>
+      <c r="C79" s="122"/>
+      <c r="D79" s="14"/>
+      <c r="E79" s="14"/>
+      <c r="F79" s="14"/>
+      <c r="G79" s="121"/>
+      <c r="H79" s="120"/>
+      <c r="I79" s="119"/>
+    </row>
+    <row r="80" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B80" s="123"/>
+      <c r="C80" s="122"/>
+      <c r="D80" s="14"/>
+      <c r="E80" s="14"/>
+      <c r="F80" s="14"/>
+      <c r="G80" s="121"/>
+      <c r="H80" s="120"/>
+      <c r="I80" s="119"/>
+    </row>
+    <row r="81" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B81" s="123"/>
+      <c r="C81" s="122"/>
+      <c r="D81" s="14"/>
+      <c r="E81" s="14"/>
+      <c r="F81" s="14"/>
+      <c r="G81" s="121"/>
+      <c r="H81" s="120"/>
+      <c r="I81" s="119"/>
+    </row>
+    <row r="82" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B82" s="123"/>
+      <c r="C82" s="122"/>
+      <c r="D82" s="14"/>
+      <c r="E82" s="14"/>
+      <c r="F82" s="14"/>
+      <c r="G82" s="121"/>
+      <c r="H82" s="120"/>
+      <c r="I82" s="119"/>
+    </row>
+    <row r="83" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B83" s="306" t="s">
+        <v>104</v>
+      </c>
+      <c r="C83" s="307"/>
+      <c r="D83" s="307"/>
+      <c r="E83" s="307"/>
+      <c r="F83" s="307"/>
+      <c r="G83" s="307"/>
+      <c r="H83" s="307"/>
+      <c r="I83" s="308"/>
+    </row>
+    <row r="84" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B84" s="69" t="s">
+        <v>43</v>
+      </c>
+      <c r="C84" s="116" t="s">
+        <v>9</v>
+      </c>
+      <c r="D84" s="118" t="s">
+        <v>42</v>
+      </c>
+      <c r="E84" s="303"/>
+      <c r="F84" s="303"/>
+      <c r="G84" s="117"/>
+      <c r="H84" s="116" t="s">
+        <v>41</v>
+      </c>
+      <c r="I84" s="115" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="102"/>
+      <c r="B85" s="309" t="s">
+        <v>103</v>
+      </c>
+      <c r="C85" s="114" t="s">
+        <v>102</v>
+      </c>
+      <c r="D85" s="113" t="s">
+        <v>101</v>
+      </c>
+      <c r="E85" s="113"/>
+      <c r="F85" s="113"/>
+      <c r="G85" s="112"/>
+      <c r="H85" s="111" t="s">
+        <v>100</v>
+      </c>
+      <c r="I85" s="110">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="102"/>
+      <c r="B86" s="309"/>
+      <c r="C86" s="109" t="s">
+        <v>99</v>
+      </c>
+      <c r="D86" s="108" t="s">
+        <v>98</v>
+      </c>
+      <c r="E86" s="108"/>
+      <c r="F86" s="108"/>
+      <c r="G86" s="89"/>
+      <c r="H86" s="106" t="s">
+        <v>97</v>
+      </c>
+      <c r="I86" s="74">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="102"/>
+      <c r="B87" s="309"/>
+      <c r="C87" s="91" t="s">
+        <v>96</v>
+      </c>
+      <c r="D87" s="16" t="s">
+        <v>95</v>
+      </c>
+      <c r="E87" s="16"/>
+      <c r="F87" s="16"/>
+      <c r="G87" s="89"/>
+      <c r="H87" s="106" t="s">
+        <v>94</v>
+      </c>
+      <c r="I87" s="74">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="102"/>
+      <c r="B88" s="309"/>
+      <c r="C88" s="91" t="s">
+        <v>93</v>
+      </c>
+      <c r="D88" s="107" t="s">
+        <v>92</v>
+      </c>
+      <c r="E88" s="16"/>
+      <c r="F88" s="16"/>
+      <c r="G88" s="89"/>
+      <c r="H88" s="106" t="s">
+        <v>91</v>
+      </c>
+      <c r="I88" s="74">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="102"/>
+      <c r="B89" s="309"/>
+      <c r="C89" s="91" t="s">
+        <v>90</v>
+      </c>
+      <c r="D89" s="16" t="s">
+        <v>89</v>
+      </c>
+      <c r="E89" s="16"/>
+      <c r="F89" s="16"/>
+      <c r="G89" s="89"/>
+      <c r="H89" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="I89" s="74">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="102"/>
+      <c r="B90" s="310"/>
+      <c r="C90" s="87" t="s">
+        <v>87</v>
+      </c>
+      <c r="D90" s="98" t="s">
+        <v>86</v>
+      </c>
+      <c r="E90" s="98"/>
+      <c r="F90" s="98"/>
+      <c r="G90" s="85"/>
+      <c r="H90" s="105" t="s">
+        <v>85</v>
+      </c>
+      <c r="I90" s="41">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="102"/>
+      <c r="B91" s="298" t="s">
+        <v>84</v>
+      </c>
+      <c r="C91" s="95" t="s">
+        <v>83</v>
+      </c>
+      <c r="D91" s="81" t="s">
+        <v>82</v>
+      </c>
+      <c r="E91" s="81"/>
+      <c r="F91" s="81"/>
+      <c r="G91" s="104"/>
+      <c r="H91" s="103" t="s">
+        <v>81</v>
+      </c>
+      <c r="I91" s="47">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="102"/>
+      <c r="B92" s="299"/>
+      <c r="C92" s="87" t="s">
+        <v>80</v>
+      </c>
+      <c r="D92" s="98" t="s">
+        <v>79</v>
+      </c>
+      <c r="E92" s="98"/>
+      <c r="F92" s="98"/>
+      <c r="G92" s="85"/>
+      <c r="H92" s="101" t="s">
+        <v>78</v>
+      </c>
+      <c r="I92" s="41">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B93" s="298" t="s">
+        <v>77</v>
+      </c>
+      <c r="C93" s="95" t="s">
+        <v>76</v>
+      </c>
+      <c r="D93" s="81" t="s">
+        <v>75</v>
+      </c>
+      <c r="E93" s="81"/>
+      <c r="F93" s="81"/>
+      <c r="G93" s="100"/>
+      <c r="H93" s="99" t="s">
+        <v>74</v>
+      </c>
+      <c r="I93" s="47">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B94" s="311"/>
+      <c r="C94" s="87" t="s">
+        <v>73</v>
+      </c>
+      <c r="D94" s="98" t="s">
+        <v>72</v>
+      </c>
+      <c r="E94" s="98"/>
+      <c r="F94" s="98"/>
+      <c r="G94" s="97"/>
+      <c r="H94" s="96" t="s">
+        <v>71</v>
+      </c>
+      <c r="I94" s="41">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B95" s="312" t="s">
+        <v>70</v>
+      </c>
+      <c r="C95" s="95" t="s">
+        <v>69</v>
+      </c>
+      <c r="D95" s="81" t="s">
+        <v>68</v>
+      </c>
+      <c r="E95" s="81"/>
+      <c r="F95" s="81"/>
+      <c r="G95" s="80"/>
+      <c r="H95" s="79" t="s">
+        <v>67</v>
+      </c>
+      <c r="I95" s="47">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B96" s="298"/>
+      <c r="C96" s="91" t="s">
+        <v>66</v>
+      </c>
+      <c r="D96" s="90" t="s">
+        <v>65</v>
+      </c>
+      <c r="E96" s="90"/>
+      <c r="F96" s="90"/>
+      <c r="G96" s="94"/>
+      <c r="H96" s="93" t="s">
+        <v>64</v>
+      </c>
+      <c r="I96" s="74">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="97" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B97" s="298"/>
+      <c r="C97" s="91" t="s">
+        <v>63</v>
+      </c>
+      <c r="D97" s="90" t="s">
+        <v>62</v>
+      </c>
+      <c r="E97" s="90"/>
+      <c r="F97" s="90"/>
+      <c r="G97" s="76"/>
+      <c r="H97" s="92" t="s">
+        <v>57</v>
+      </c>
+      <c r="I97" s="74">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="98" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B98" s="298"/>
+      <c r="C98" s="91" t="s">
+        <v>61</v>
+      </c>
+      <c r="D98" s="90" t="s">
+        <v>60</v>
+      </c>
+      <c r="E98" s="90"/>
+      <c r="F98" s="90"/>
+      <c r="G98" s="89"/>
+      <c r="H98" s="88" t="s">
+        <v>57</v>
+      </c>
+      <c r="I98" s="74">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="99" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B99" s="313"/>
+      <c r="C99" s="87" t="s">
+        <v>59</v>
+      </c>
+      <c r="D99" s="86" t="s">
+        <v>58</v>
+      </c>
+      <c r="E99" s="86"/>
+      <c r="F99" s="86"/>
+      <c r="G99" s="85"/>
+      <c r="H99" s="84" t="s">
+        <v>57</v>
+      </c>
+      <c r="I99" s="83">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="100" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B100" s="300" t="s">
+        <v>56</v>
+      </c>
+      <c r="C100" s="301"/>
+      <c r="D100" s="301"/>
+      <c r="E100" s="301"/>
+      <c r="F100" s="301"/>
+      <c r="G100" s="301"/>
+      <c r="H100" s="301"/>
+      <c r="I100" s="302"/>
+    </row>
+    <row r="101" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B101" s="69" t="s">
+        <v>43</v>
+      </c>
+      <c r="C101" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D101" s="25" t="s">
+        <v>42</v>
+      </c>
+      <c r="E101" s="303"/>
+      <c r="F101" s="303"/>
+      <c r="G101" s="24"/>
+      <c r="H101" s="23" t="s">
+        <v>41</v>
+      </c>
+      <c r="I101" s="68" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="102" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B102" s="298" t="s">
+        <v>55</v>
+      </c>
+      <c r="C102" s="82" t="s">
+        <v>54</v>
+      </c>
+      <c r="D102" s="81" t="s">
+        <v>53</v>
+      </c>
+      <c r="E102" s="81"/>
+      <c r="F102" s="81"/>
+      <c r="G102" s="80"/>
+      <c r="H102" s="79" t="s">
+        <v>50</v>
+      </c>
+      <c r="I102" s="47">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="103" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B103" s="298"/>
+      <c r="C103" s="77" t="s">
+        <v>52</v>
+      </c>
+      <c r="D103" s="78" t="s">
+        <v>51</v>
+      </c>
+      <c r="E103" s="78"/>
+      <c r="F103" s="78"/>
+      <c r="G103" s="76"/>
+      <c r="H103" s="75" t="s">
+        <v>50</v>
+      </c>
+      <c r="I103" s="74">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="104" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B104" s="298"/>
+      <c r="C104" s="77" t="s">
+        <v>49</v>
+      </c>
+      <c r="D104" s="16" t="s">
+        <v>48</v>
+      </c>
+      <c r="E104" s="16"/>
+      <c r="F104" s="16"/>
+      <c r="G104" s="76"/>
+      <c r="H104" s="75" t="s">
+        <v>45</v>
+      </c>
+      <c r="I104" s="74">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="105" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B105" s="298"/>
+      <c r="C105" s="73" t="s">
+        <v>47</v>
+      </c>
+      <c r="D105" s="72" t="s">
+        <v>46</v>
+      </c>
+      <c r="E105" s="72"/>
+      <c r="F105" s="72"/>
+      <c r="G105" s="71"/>
+      <c r="H105" s="70" t="s">
+        <v>45</v>
+      </c>
+      <c r="I105" s="41">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="106" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B106" s="300" t="s">
+        <v>44</v>
+      </c>
+      <c r="C106" s="301"/>
+      <c r="D106" s="301"/>
+      <c r="E106" s="301"/>
+      <c r="F106" s="301"/>
+      <c r="G106" s="301"/>
+      <c r="H106" s="301"/>
+      <c r="I106" s="302"/>
+    </row>
+    <row r="107" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B107" s="69" t="s">
+        <v>43</v>
+      </c>
+      <c r="C107" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="D107" s="25" t="s">
+        <v>42</v>
+      </c>
+      <c r="E107" s="303"/>
+      <c r="F107" s="303"/>
+      <c r="G107" s="24"/>
+      <c r="H107" s="23" t="s">
+        <v>41</v>
+      </c>
+      <c r="I107" s="68" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="108" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B108" s="298" t="s">
+        <v>40</v>
+      </c>
+      <c r="C108" s="67" t="s">
+        <v>39</v>
+      </c>
+      <c r="D108" s="66" t="s">
+        <v>38</v>
+      </c>
+      <c r="E108" s="66"/>
+      <c r="F108" s="66"/>
+      <c r="G108" s="65"/>
+      <c r="H108" s="64" t="s">
+        <v>10</v>
+      </c>
+      <c r="I108" s="47">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="109" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B109" s="299"/>
+      <c r="C109" s="63" t="s">
+        <v>37</v>
+      </c>
+      <c r="D109" s="44" t="s">
+        <v>36</v>
+      </c>
+      <c r="E109" s="44"/>
+      <c r="F109" s="44"/>
+      <c r="G109" s="62"/>
+      <c r="H109" s="61" t="s">
+        <v>35</v>
+      </c>
+      <c r="I109" s="41">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="110" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B110" s="298" t="s">
+        <v>34</v>
+      </c>
+      <c r="C110" s="60" t="s">
+        <v>33</v>
+      </c>
+      <c r="D110" s="59" t="s">
+        <v>32</v>
+      </c>
+      <c r="E110" s="59"/>
+      <c r="F110" s="59"/>
+      <c r="G110" s="58"/>
+      <c r="H110" s="57" t="s">
+        <v>10</v>
+      </c>
+      <c r="I110" s="47">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="111" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B111" s="299"/>
+      <c r="C111" s="56" t="s">
+        <v>31</v>
+      </c>
+      <c r="D111" s="55" t="s">
+        <v>30</v>
+      </c>
+      <c r="E111" s="55"/>
+      <c r="F111" s="55"/>
+      <c r="G111" s="54"/>
+      <c r="H111" s="53" t="s">
+        <v>14</v>
+      </c>
+      <c r="I111" s="41">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="112" spans="2:9" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B112" s="298" t="s">
+        <v>29</v>
+      </c>
+      <c r="C112" s="52" t="s">
+        <v>28</v>
+      </c>
+      <c r="D112" s="51" t="s">
+        <v>27</v>
+      </c>
+      <c r="E112" s="50"/>
+      <c r="F112" s="50"/>
+      <c r="G112" s="49"/>
+      <c r="H112" s="48" t="s">
+        <v>10</v>
+      </c>
+      <c r="I112" s="47">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="113" spans="1:20" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B113" s="299"/>
+      <c r="C113" s="46" t="s">
+        <v>26</v>
+      </c>
+      <c r="D113" s="45" t="s">
+        <v>25</v>
+      </c>
+      <c r="E113" s="44"/>
+      <c r="F113" s="44"/>
+      <c r="G113" s="43"/>
+      <c r="H113" s="42" t="s">
+        <v>14</v>
+      </c>
+      <c r="I113" s="41">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="114" spans="1:20" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B114" s="298" t="s">
+        <v>24</v>
+      </c>
+      <c r="C114" s="52" t="s">
+        <v>23</v>
+      </c>
+      <c r="D114" s="51" t="s">
+        <v>22</v>
+      </c>
+      <c r="E114" s="50"/>
+      <c r="F114" s="50"/>
+      <c r="G114" s="49"/>
+      <c r="H114" s="48" t="s">
+        <v>10</v>
+      </c>
+      <c r="I114" s="47">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="115" spans="1:20" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B115" s="299"/>
+      <c r="C115" s="46" t="s">
+        <v>21</v>
+      </c>
+      <c r="D115" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" s="44"/>
+      <c r="F115" s="44"/>
+      <c r="G115" s="43"/>
+      <c r="H115" s="42" t="s">
+        <v>14</v>
+      </c>
+      <c r="I115" s="41">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="116" spans="1:20" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B116" s="298" t="s">
+        <v>19</v>
+      </c>
+      <c r="C116" s="52" t="s">
+        <v>18</v>
+      </c>
+      <c r="D116" s="51" t="s">
+        <v>17</v>
+      </c>
+      <c r="E116" s="50"/>
+      <c r="F116" s="50"/>
+      <c r="G116" s="49"/>
+      <c r="H116" s="48" t="s">
+        <v>10</v>
+      </c>
+      <c r="I116" s="47">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="117" spans="1:20" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B117" s="299"/>
+      <c r="C117" s="46" t="s">
+        <v>16</v>
+      </c>
+      <c r="D117" s="45" t="s">
+        <v>15</v>
+      </c>
+      <c r="E117" s="44"/>
+      <c r="F117" s="44"/>
+      <c r="G117" s="43"/>
+      <c r="H117" s="42" t="s">
+        <v>14</v>
+      </c>
+      <c r="I117" s="41">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="118" spans="1:20" s="3" customFormat="1" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B118" s="40" t="s">
+        <v>13</v>
+      </c>
+      <c r="C118" s="39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D118" s="38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" s="38"/>
+      <c r="F118" s="38"/>
+      <c r="G118" s="37"/>
+      <c r="H118" s="36" t="s">
+        <v>10</v>
+      </c>
+      <c r="I118" s="35">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="119" spans="1:20" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B119" s="29"/>
+      <c r="C119" s="33"/>
+      <c r="D119" s="32"/>
+      <c r="E119" s="32"/>
+      <c r="F119" s="32"/>
+      <c r="G119" s="28"/>
+      <c r="H119" s="31"/>
+      <c r="I119" s="34"/>
+    </row>
+    <row r="120" spans="1:20" s="3" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B120" s="29"/>
+      <c r="C120" s="33"/>
+      <c r="D120" s="32"/>
+      <c r="E120" s="32"/>
+      <c r="F120" s="32"/>
+      <c r="G120" s="28"/>
+      <c r="H120" s="31"/>
+      <c r="I120" s="34"/>
+    </row>
+    <row r="121" spans="1:20" s="3" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B121" s="29"/>
+      <c r="C121" s="33"/>
+      <c r="D121" s="32"/>
+      <c r="E121" s="32"/>
+      <c r="F121" s="32"/>
+      <c r="G121" s="28"/>
+      <c r="H121" s="31"/>
+      <c r="I121" s="34"/>
+    </row>
+    <row r="122" spans="1:20" s="3" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B122" s="29"/>
+      <c r="C122" s="33"/>
+      <c r="D122" s="32"/>
+      <c r="E122" s="32"/>
+      <c r="F122" s="32"/>
+      <c r="G122" s="28"/>
+      <c r="H122" s="31"/>
+      <c r="I122" s="34"/>
+    </row>
+    <row r="123" spans="1:20" s="3" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B123" s="29"/>
+      <c r="C123" s="33"/>
+      <c r="D123" s="32"/>
+      <c r="E123" s="32"/>
+      <c r="F123" s="32"/>
+      <c r="G123" s="28"/>
+      <c r="H123" s="31"/>
+      <c r="I123" s="30"/>
+    </row>
+    <row r="124" spans="1:20" s="3" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B124" s="29"/>
+      <c r="C124" s="10"/>
+      <c r="D124" s="10"/>
+      <c r="E124" s="10"/>
+      <c r="F124" s="10"/>
+      <c r="G124" s="28"/>
+      <c r="H124" s="27"/>
+      <c r="I124" s="26"/>
+    </row>
+    <row r="125" spans="1:20" s="3" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B125" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" s="24"/>
+      <c r="D125" s="24" t="s">
+        <v>8</v>
+      </c>
+      <c r="E125" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="F125" s="22"/>
+      <c r="G125" s="22"/>
+      <c r="H125" s="12"/>
+      <c r="I125" s="11"/>
+    </row>
+    <row r="126" spans="1:20" s="3" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A126" s="4"/>
+      <c r="B126" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C126" s="17"/>
+      <c r="D126" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="E126" s="21">
+        <v>30</v>
+      </c>
+      <c r="F126" s="14"/>
+      <c r="G126" s="13"/>
+      <c r="H126" s="12"/>
+      <c r="I126" s="11"/>
+      <c r="J126"/>
+      <c r="K126"/>
+      <c r="L126"/>
+      <c r="M126"/>
+      <c r="N126"/>
+      <c r="O126"/>
+      <c r="P126"/>
+      <c r="Q126"/>
+      <c r="R126"/>
+      <c r="S126"/>
+      <c r="T126"/>
+    </row>
+    <row r="127" spans="1:20" s="3" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="4"/>
+      <c r="B127" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" s="17"/>
+      <c r="D127" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="D7" s="150" t="s">
-[...1953 lines deleted...]
-      <c r="I103" s="176">
+      <c r="E127" s="15">
         <v>60</v>
       </c>
-    </row>
-[...387 lines deleted...]
-      <c r="I127" s="8"/>
+      <c r="F127" s="14"/>
+      <c r="G127" s="13"/>
+      <c r="H127" s="20"/>
+      <c r="I127" s="19"/>
       <c r="J127"/>
       <c r="K127"/>
       <c r="L127"/>
       <c r="M127"/>
       <c r="N127"/>
       <c r="O127"/>
       <c r="P127"/>
       <c r="Q127"/>
       <c r="R127"/>
       <c r="S127"/>
       <c r="T127"/>
     </row>
-    <row r="128" spans="1:20" s="7" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="I128" s="19"/>
+    <row r="128" spans="1:20" s="3" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A128" s="4"/>
+      <c r="B128" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="C128" s="17"/>
+      <c r="D128" s="16" t="s">
+        <v>1</v>
+      </c>
+      <c r="E128" s="15">
+        <v>35</v>
+      </c>
+      <c r="F128" s="14"/>
+      <c r="G128" s="13"/>
+      <c r="H128" s="12"/>
+      <c r="I128" s="11"/>
       <c r="J128"/>
       <c r="K128"/>
       <c r="L128"/>
       <c r="M128"/>
       <c r="N128"/>
       <c r="O128"/>
       <c r="P128"/>
       <c r="Q128"/>
       <c r="R128"/>
       <c r="S128"/>
       <c r="T128"/>
     </row>
-    <row r="129" spans="1:20" s="7" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.35">
-[...14 lines deleted...]
-      <c r="I129" s="8"/>
+    <row r="129" spans="1:20" s="3" customFormat="1" ht="21.75" x14ac:dyDescent="0.3">
+      <c r="A129" s="4"/>
+      <c r="B129" s="10"/>
+      <c r="C129" s="10"/>
+      <c r="D129" s="9"/>
+      <c r="E129" s="9"/>
+      <c r="F129" s="9"/>
+      <c r="G129" s="9"/>
+      <c r="H129" s="9"/>
+      <c r="I129"/>
       <c r="J129"/>
       <c r="K129"/>
       <c r="L129"/>
       <c r="M129"/>
       <c r="N129"/>
       <c r="O129"/>
       <c r="P129"/>
       <c r="Q129"/>
       <c r="R129"/>
       <c r="S129"/>
       <c r="T129"/>
     </row>
-    <row r="130" spans="1:20" s="7" customFormat="1" ht="21.75" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="I130"/>
+    <row r="130" spans="1:20" s="3" customFormat="1" ht="21.75" x14ac:dyDescent="0.3">
+      <c r="A130" s="4"/>
+      <c r="B130" s="8"/>
+      <c r="C130" s="4"/>
+      <c r="D130" s="4"/>
+      <c r="E130" s="4"/>
+      <c r="F130" s="4"/>
+      <c r="G130" s="7"/>
+      <c r="H130" s="4"/>
+      <c r="I130" s="6"/>
       <c r="J130"/>
       <c r="K130"/>
       <c r="L130"/>
       <c r="M130"/>
       <c r="N130"/>
       <c r="O130"/>
       <c r="P130"/>
       <c r="Q130"/>
       <c r="R130"/>
       <c r="S130"/>
       <c r="T130"/>
     </row>
-    <row r="131" spans="1:20" s="7" customFormat="1" ht="21.75" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="I131" s="21"/>
+    <row r="131" spans="1:20" s="3" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="4"/>
+      <c r="B131" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="C131"/>
+      <c r="D131"/>
+      <c r="E131"/>
+      <c r="F131"/>
+      <c r="G131" s="2"/>
+      <c r="H131"/>
+      <c r="I131" s="1"/>
       <c r="J131"/>
       <c r="K131"/>
       <c r="L131"/>
       <c r="M131"/>
       <c r="N131"/>
       <c r="O131"/>
       <c r="P131"/>
       <c r="Q131"/>
       <c r="R131"/>
       <c r="S131"/>
       <c r="T131"/>
     </row>
-    <row r="132" spans="1:20" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      </c>
+    <row r="132" spans="1:20" s="3" customFormat="1" ht="21.75" x14ac:dyDescent="0.3">
+      <c r="A132"/>
+      <c r="B132" s="4"/>
       <c r="C132"/>
       <c r="D132"/>
       <c r="E132"/>
       <c r="F132"/>
-      <c r="G132" s="22"/>
+      <c r="G132" s="2"/>
       <c r="H132"/>
-      <c r="I132" s="23"/>
+      <c r="I132" s="1"/>
       <c r="J132"/>
       <c r="K132"/>
       <c r="L132"/>
       <c r="M132"/>
       <c r="N132"/>
       <c r="O132"/>
       <c r="P132"/>
       <c r="Q132"/>
       <c r="R132"/>
       <c r="S132"/>
       <c r="T132"/>
     </row>
-    <row r="133" spans="1:20" s="7" customFormat="1" ht="21.75" x14ac:dyDescent="0.3">
+    <row r="133" spans="1:20" s="3" customFormat="1" ht="21.75" x14ac:dyDescent="0.3">
       <c r="A133"/>
-      <c r="B133" s="1"/>
+      <c r="B133" s="4"/>
       <c r="C133"/>
       <c r="D133"/>
       <c r="E133"/>
       <c r="F133"/>
-      <c r="G133" s="22"/>
+      <c r="G133" s="2"/>
       <c r="H133"/>
-      <c r="I133" s="23"/>
+      <c r="I133" s="1"/>
       <c r="J133"/>
       <c r="K133"/>
       <c r="L133"/>
       <c r="M133"/>
       <c r="N133"/>
       <c r="O133"/>
       <c r="P133"/>
       <c r="Q133"/>
       <c r="R133"/>
       <c r="S133"/>
       <c r="T133"/>
     </row>
-    <row r="134" spans="1:20" s="7" customFormat="1" ht="21.75" x14ac:dyDescent="0.3">
+    <row r="134" spans="1:20" s="3" customFormat="1" ht="21.75" x14ac:dyDescent="0.3">
       <c r="A134"/>
-      <c r="B134" s="1"/>
+      <c r="B134" s="4"/>
       <c r="C134"/>
       <c r="D134"/>
       <c r="E134"/>
       <c r="F134"/>
-      <c r="G134" s="22"/>
+      <c r="G134" s="2"/>
       <c r="H134"/>
-      <c r="I134" s="23"/>
+      <c r="I134" s="1"/>
       <c r="J134"/>
       <c r="K134"/>
       <c r="L134"/>
       <c r="M134"/>
       <c r="N134"/>
       <c r="O134"/>
       <c r="P134"/>
       <c r="Q134"/>
       <c r="R134"/>
       <c r="S134"/>
       <c r="T134"/>
     </row>
-    <row r="135" spans="1:20" s="7" customFormat="1" ht="21.75" x14ac:dyDescent="0.3">
-[...20 lines deleted...]
-    </row>
   </sheetData>
   <mergeCells count="51">
-    <mergeCell ref="B109:B110"/>
-[...22 lines deleted...]
-    <mergeCell ref="B58:B65"/>
+    <mergeCell ref="B3:I4"/>
+    <mergeCell ref="E6:F6"/>
+    <mergeCell ref="B7:B10"/>
+    <mergeCell ref="B11:B16"/>
+    <mergeCell ref="B17:B20"/>
+    <mergeCell ref="B41:I41"/>
+    <mergeCell ref="E42:F42"/>
+    <mergeCell ref="B43:B49"/>
+    <mergeCell ref="D50:G50"/>
+    <mergeCell ref="B21:B24"/>
+    <mergeCell ref="B25:B32"/>
+    <mergeCell ref="B33:I33"/>
+    <mergeCell ref="E34:F34"/>
+    <mergeCell ref="B35:B37"/>
+    <mergeCell ref="B38:B40"/>
+    <mergeCell ref="D54:G54"/>
+    <mergeCell ref="B55:I55"/>
+    <mergeCell ref="D51:G51"/>
+    <mergeCell ref="B57:B64"/>
+    <mergeCell ref="E57:G57"/>
     <mergeCell ref="E58:G58"/>
     <mergeCell ref="E59:G59"/>
     <mergeCell ref="E60:G60"/>
     <mergeCell ref="E61:G61"/>
     <mergeCell ref="E62:G62"/>
+    <mergeCell ref="E56:G56"/>
+    <mergeCell ref="B93:B94"/>
+    <mergeCell ref="B95:B99"/>
+    <mergeCell ref="B100:I100"/>
+    <mergeCell ref="E101:F101"/>
     <mergeCell ref="E63:G63"/>
     <mergeCell ref="E64:G64"/>
+    <mergeCell ref="B65:B69"/>
     <mergeCell ref="E65:G65"/>
-    <mergeCell ref="E57:G57"/>
-[...17 lines deleted...]
-    <mergeCell ref="B17:B20"/>
+    <mergeCell ref="E66:G66"/>
+    <mergeCell ref="E67:G67"/>
+    <mergeCell ref="E68:G68"/>
+    <mergeCell ref="E69:G69"/>
+    <mergeCell ref="B70:B72"/>
+    <mergeCell ref="B83:I83"/>
+    <mergeCell ref="E84:F84"/>
+    <mergeCell ref="B85:B90"/>
+    <mergeCell ref="B91:B92"/>
+    <mergeCell ref="B116:B117"/>
+    <mergeCell ref="B102:B105"/>
+    <mergeCell ref="B106:I106"/>
+    <mergeCell ref="B108:B109"/>
+    <mergeCell ref="B110:B111"/>
+    <mergeCell ref="B112:B113"/>
+    <mergeCell ref="B114:B115"/>
+    <mergeCell ref="E107:F107"/>
   </mergeCells>
-  <phoneticPr fontId="50" type="noConversion"/>
   <conditionalFormatting sqref="C9:C10">
-    <cfRule type="expression" dxfId="27" priority="17" stopIfTrue="1">
+    <cfRule type="expression" dxfId="11" priority="9" stopIfTrue="1">
       <formula>#REF!="CR"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="26" priority="18" stopIfTrue="1">
+    <cfRule type="expression" dxfId="10" priority="10" stopIfTrue="1">
       <formula>$B9="SMU"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="25" priority="19" stopIfTrue="1">
+    <cfRule type="expression" dxfId="9" priority="11" stopIfTrue="1">
       <formula>$B9="GENERIC"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="24" priority="20" stopIfTrue="1">
+    <cfRule type="expression" dxfId="8" priority="12" stopIfTrue="1">
       <formula>$B9="COMPONENT"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E7">
-    <cfRule type="expression" dxfId="23" priority="1" stopIfTrue="1">
+    <cfRule type="expression" dxfId="7" priority="1" stopIfTrue="1">
       <formula>#REF!="CR"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="22" priority="2" stopIfTrue="1">
+    <cfRule type="expression" dxfId="6" priority="2" stopIfTrue="1">
       <formula>$B7="SMU"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="21" priority="3" stopIfTrue="1">
+    <cfRule type="expression" dxfId="5" priority="3" stopIfTrue="1">
       <formula>$B7="GENERIC"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="20" priority="4" stopIfTrue="1">
+    <cfRule type="expression" dxfId="4" priority="4" stopIfTrue="1">
       <formula>$B7="COMPONENT"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E9">
-    <cfRule type="expression" dxfId="19" priority="13" stopIfTrue="1">
+    <cfRule type="expression" dxfId="3" priority="5" stopIfTrue="1">
       <formula>#REF!="CR"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="18" priority="14" stopIfTrue="1">
+    <cfRule type="expression" dxfId="2" priority="6" stopIfTrue="1">
       <formula>$B9="SMU"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="17" priority="15" stopIfTrue="1">
+    <cfRule type="expression" dxfId="1" priority="7" stopIfTrue="1">
       <formula>$B9="GENERIC"</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="16" priority="16" stopIfTrue="1">
+    <cfRule type="expression" dxfId="0" priority="8" stopIfTrue="1">
       <formula>$B9="COMPONENT"</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.35433070866141736" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="35" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{64307648-E5B6-4B98-91ED-C20C7B8672E2}">
-  <dimension ref="A1:J88"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B3E2CAA0-79FF-4BC3-9A05-B9F5ADCDC1D2}">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView topLeftCell="A27" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
-  <cols>
-[...8390 lines deleted...]
-  </conditionalFormatting>
+  <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>TARIF CLUB 2526 </vt:lpstr>
       <vt:lpstr>Feuil1</vt:lpstr>
-      <vt:lpstr>TARIF PRO 2526 WSE</vt:lpstr>
       <vt:lpstr>'TARIF CLUB 2526 '!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>De Magneval Stanislas</dc:creator>
+  <dc:creator>Dasilva Esperance</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>